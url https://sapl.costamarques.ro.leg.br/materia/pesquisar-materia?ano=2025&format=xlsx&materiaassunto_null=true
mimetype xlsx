--- v0 (2025-10-05)
+++ v1 (2026-02-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1552" uniqueCount="637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2336" uniqueCount="951">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -525,50 +525,530 @@
   <si>
     <t>559</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_039-2025_autoriza_a_abertra_de_credito_remanejemnto_e_tranposicao_por_anulacao_e_suplementacao_no_valor_de_24.300.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 039/2025 de autoria do Poder Executivo Municipal que em regime de urgência, dispõe a abertura de crédito adicional remanejamento e transposição, por anulação e suplementação no orçamento vigente, e dá outras providencias. No valor de R$: 24.300,00(vinte e quatro mil e trezentos reais). Aquisição de um ônibus escolar.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_no_040-2025._autorizacao_para_uso_de_veiculo_oficial_tipo_onibus_e_van_de_costa_marques_para_o_transporte_de_atletas.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei nº 040/2025 de Autoria do Poder Executivo Municipal que em regime de urgência especial, dispõe sobre a autorização para utilização de veículo oficial, tipo ônibus ou van de costa marques, para o transporte de atletas, entidades desportistas, atividades escolares, atividades para fins sociais, entidades sem fins lucrativos, religiosas com atuação cultural e cortejo fúnebres que visem participar de eventos, e dá outras providências.</t>
   </si>
   <si>
+    <t>568</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_no_041-2025._dispor_sobre_a_abertura_credito_adicional_suplementar_por_execesso_de_arrecadacao_no_valor_de_6.055.50000.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 041/2025 de Autoria do Poder Executivo Municipal que em regime de urgência urgentíssimo, dispõe sobre a abertura de crédito adicional suplementar por excesso de arrecadação por tendência de recursos vinculados, e dá outras providências. No valor de R$: 6.055.500,00 (seis milhões e cinquenta e cinco mil e quinhentos reais). APOIO ADMINISTRATIVO – SEMFAZ, SAÚDE, SEMASC, SEMOSP E SEMAGRI.</t>
+  </si>
+  <si>
+    <t>661</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_no_042-2025_de_autoria_do_poder_executivo_municipal_que_em_regime_de_urgencia_dispoe_sobre_a_abertura_de_credito_adicional_remanejamento_.pdf</t>
+  </si>
+  <si>
+    <t>que em regime de urgência, dispõe sobre a abertura de crédito adicional remanejamento e transposição, por anulação e suplementação no orçamento vigente e dá outras providências de dotação conforme preceitua o art. 167, VI, Constituição Federal. No valor de R$: 25.000,00 (vinte e cinco mil reais). Aquisição de uma ambulância tipo-B</t>
+  </si>
+  <si>
+    <t>573</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_lei_no_043-2025_institui_o_conselho_municipal_de_cultura_de_cultura_e_o_fundo_municipal_de_cultura_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 043/2025 de Autoria do Poder Executivo Municipal que em regime de urgência especial, institui o Conselho Municipal de Cultura (CMC) e o Fundo Municipal de Cultura (FMC) e dá outras providências.</t>
+  </si>
+  <si>
+    <t>574</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_no_044-2025.autoriza_a_baixa_de_bem_inservivel_do_patrimonio_publico_municipal_.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 044/2025 de Autoria do Poder Executivo Municipal que em regime de urgência especial, autoriza a baixa de bem inservível do patrimônio público e dá outras providências.</t>
+  </si>
+  <si>
+    <t>580</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_no_045-2025dispoe_sobre_a_alteracaocao_qualitativa_do_orcamento_vigent_atraves_da_trasnposicao_e_remanejamento_de_dotacoes_no_valor_de_994.31051.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 045/2025 de Autoria do Poder Executivo Municipal que em regime de urgência urgentíssimo, dispõe sobre a alteração qualitativa do orçamento vigente através da transposição e remanejamento de dotações conforme preceitua o art. 167, VI CF. Transposição e Remanejamento no valor de r$ 994.310,51 (novecentos e noventa e quatro mil e trezentos e dez reais e cinquenta e um centavos).</t>
+  </si>
+  <si>
+    <t>588</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>Silene Barreto Marques do Nascimento, Lucineia Justiniano Rodrigues Porto</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_no_046-2025_construcao_monumento.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 046/2025 de Autoria das vereadoras Silene Barreto Marques do Nascimento e Lucineia Justiniano Rodrigues Porto que, autoriza sobre a construção de monumento em homenagem à Bíblia Sagrada no Município de Costa Marques.</t>
+  </si>
+  <si>
+    <t>660</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_lei_no_047-2025_dispoe_sobre_a_autorizacao_provisao_para_cessao_de_espaco_publco_pertencentes_a_camara_municipal_de_costa_marques.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a autorização provisória para cessão de espaço público pertencente à Câmara Municipal de Costa Marques/RO, localizado na lateral da Praça da Câmara Municipal de Costa Marques/RO, de comerciantes alimentação, e dá outras providências</t>
+  </si>
+  <si>
+    <t>583</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_lei_no_048-2025dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026-2029_e_da_outras_providencias_ppa.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº048/2025 de autoria do Poder Executivo Municipal que, dispõe sobre o Plano Plurianual para o quadriênio 2026 -2029 e dá outras providências. (PPA)</t>
+  </si>
+  <si>
+    <t>584</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_no_049-2025dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_e_da_outras_providencias._ldo.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº049/2025 de autoria do Poder Executivo Municipal que, dispõe sobre as Diretrizes para a elaboração da Lei Orçamentaria de 2026 e dá outras providencias. (LDO)</t>
+  </si>
+  <si>
+    <t>585</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/585/projet2.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº050/2025 de autoria do Poder Executivo Municipal que, estima a receita e fixa a despesa do Orçamento Fiscal do município de Costa Marques– RO, para o exercício de 2026, e dá outras providências. (LOA)</t>
+  </si>
+  <si>
+    <t>596</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_no_051-2025_estabelece_e_reforca_mecanismo_de_protecao_aos_consumidores_contra_praticas_abusivas_da_distribuidora_de_energia_eletrica.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 051/2025 de Autoria da Vereadora Ana Cristina Gomes Justiniano que, Estabelece e reforça mecanismos de proteção aos consumidores contra práticas abusivas da distribuidora de energia elétrica no município de Costa Marques/RO , e dá outras providências.</t>
+  </si>
+  <si>
+    <t>597</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/597/projeto_de_lei_no_052-2025_incremento_do_pap_1.730.30000_.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 052/2025 de Autoria do Poder Executivo Municipal que em regime de urgência, dispõe sobre a abertura de  crédito adicional especial por  excesso de arrecadação e dá  outras providências,  de  dotações conforme preceitua o ART. 167, VI, CF.(Constituição Federal). No valor de R$ 1.730.300,00 (um milhão e setecentos e trinta mil e trezentos reais) INCREMENTO DO PAP.</t>
+  </si>
+  <si>
+    <t>598</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/598/projeto_de_lei_no_053-2025_construcao_de_ponte_2.178.00000.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 053/2025 de Autoria do Poder Executivo Municipal que em regime de urgência, dispõe sobre a abertura de  crédito adicional especial por  excesso de arrecadação e dá  outras providências. No valor de R$ 2.178.000,00 (Dois milhões e cento e setenta e oito mil reais). CONSTRUÇÃO DE PONTE.</t>
+  </si>
+  <si>
+    <t>599</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_no_054-2025_aquisicao_de_playground_297.00000.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 054/2025 de Autoria do Poder Executivo Municipal que em regime de urgência, dispõe sobre a abertura de  crédito adicional especial por  excesso de arrecadação e dá  outras providências,  de  dotações conforme preceitua o ART. 167, VI, CF.(Constituição Federal).  No valor de R$ 297.000,00 (Duzentos e noventa e sete mil reais).AQUISIÇÃO DE PLAYGROUND</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_no_055-2025_aquisicao_de_ambulancia_tipo_b_350.00000.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 055/2025 de Autoria do Poder Executivo Municipal que em regime de urgência, dispõe sobre a abertura de  crédito adicional especial por  excesso de arrecadação e dá  outras providências,  de  dotações conforme preceitua o ART. 167, VI, CF.(Constituição Federal). No valor de R$ 350.000,00 (Trezentos  e cinquenta mil reais). AQUISIÇÃO DE UMA AMBULÂNCIA TIPO-B.</t>
+  </si>
+  <si>
+    <t>605</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/605/pr03a01.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 056/2025 de Autoria do Poder Executivo Municipal que, dispõe sobre os procedimentos de Licenciamento Ambiental, para a emissão de licenças, certidões e autorizações ambientais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>606</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_lei_no_057-2025_autoriza_o_poder_executivo_a_conceder_o_uso_de_bem_publico_localizado_no_setor_02_quadra_043_lote_13_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 057/2025 de Autoria do Poder Executivo Municipal que em regime de urgência urgentíssima, autoriza o Poder Executivo a conceder o uso de bem público localizado no Setor 02, Quadra 043, Lote 13 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>658</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_no_058-2025_institui_o_programa_municipal_de_regularizacao_fundiaria_urbana_no_municipio_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Regularização Fundiária Urbana no Município e dá outras providências. REURB.</t>
+  </si>
+  <si>
+    <t>659</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_no_059-2025dispoe_sobre_a_alteracaocao_qualitativa_do_orcamento_vigent_atraves_da_trasnposicao_e_remanejamento_de_dotacoes_no_valor_de_767.63390.pdf</t>
+  </si>
+  <si>
+    <t>que em regime de urgência urgentíssima, dispõe de 05 de novembro de 2.025. sobre a alteração qualitativa do orçamento vigente através da remanejamento transposição de e dotações conforme preceitua o ART. 167, VI CF. No valor de R$ 1.047.300,00 (um milhão e quarenta e sete mil e trezentos reais).</t>
+  </si>
+  <si>
+    <t>615</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_no_060-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao_e_da_outras_providencias._no_valor_de_r_300.000.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação e dá outras providências. No valor de R$ 300.000,00 (trezentos mil reais). Incremento Do Mac.</t>
+  </si>
+  <si>
+    <t>616</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_lei_no_061-2025dispoe_sobre_o_recebimento_de_patrocinio_pelo_poder_publico_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei nº 061/2025 de Autoria do Poder Executivo Municipal que em regime de urgência especial, dispõe sobre o recebimento de patrocínio pelo poder público, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_lei_no_062-2025dispoe_sobre_abertura_de_credito_adicional_suplementar_no_valor_de_1.80000.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional suplementar por excesso de arrecadação por tendência de recursos vinculados, e dá outras providências. No valor de R$ 1.800.000,00 (um milhão e oitocentos mil reais). Manutenção das Atividades – SEMAD e FMS</t>
+  </si>
+  <si>
+    <t>619</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_lei_no_063-2025dispoe_sobre_a_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao._no_valor_de_r_2.25910225.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional suplementar por excesso de arrecadação por tendência de recursos vinculados, e dá outras providências. No valor de R$ 2.259.102,25(Dois milhões duzentos e cinquenta e nove mil cento e dois reais e vinte cinco centavos). Manutenção das Atividades - Complementação FUNDEB 70% VAAT.</t>
+  </si>
+  <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_no_064-2025_declaracao_de_utilidade_publica_do_igarape_da_mangueira_localizado_no_municipio_de_costa_marques_-_ro_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>declaração de Utilidade Pública do Igarapé da Mangueira, localizado no município de Costa Marques - RO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>628</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>Institui o Código Ambiental do Município de Costa Marques e dá outras providências.</t>
+  </si>
+  <si>
+    <t>639</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/639/projeto_de_lei_no_066-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r_62.12336.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação no orçamento vigente e dá outras providências. No valor: R$ 62.123,36 (sessenta e dois mil cento e vinte e três reais e trinta e seis centavos). devolução de saldo da aquisição de Kit Merenda Escolar – CV/123/PGE/25.</t>
+  </si>
+  <si>
+    <t>640</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_no_067-2025_institui_no_ambito_do_municipio_de_costa_marques_a_agenda_transversal_para_criancas_e_adolescente.pdf</t>
+  </si>
+  <si>
+    <t>institui no âmbito do Município de Costa Marques/RO, a Agenda Transversal para Crianças e Adolescentes no Plano Plurianual – PPA 2026-2029, em consonância com as diretrizes do Selo UNICEF 2025-2028, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>642</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_de_lei_no_068-2025_dispoe_sobre_a_instituicao_em_carater_expcional_para_o_exercicio_de_2025_.pdf</t>
+  </si>
+  <si>
+    <t>Que dispõe sobre a instituição, em caráter excepcional para o exercício de 2025, do Bônus Extraordinário por Resultado Institucional aos servidores da Câmara Municipal de Costa Marques/RO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>645</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_no_069-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao_no_valor_de_r_1.485.00000.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação no orçamento vigente e dá outras providências. Transposição no valor de R$ 1.485.000,00 (Um milhão e quatrocentos e oitenta e cinco mil reais). construção de galerias para drenagem de águas com aduela.</t>
+  </si>
+  <si>
+    <t>646</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_no_070-2025_credito_adicional_especial_por_excesso_de_arrecadacao_no_valor_de_r_1.217.447.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação no orçamento vigente e dá outras providências, de dotações conforme preceitua o ART. 167, VI, CF. No valor de R$ 1.217.447 (um milhão duzentos e dezessete mil e quatrocentos e quarenta e sete reais) incremento do PAP.</t>
+  </si>
+  <si>
+    <t>647</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_no_071-2025_dispoe_sobre_revogacao_da_lei_824gab2019_bem_como_sobre_a_concessao_e_a_fixacao_do_valor_do_auxilio_alimentacao_devido_aos_vereadores.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a Revogação da Lei nº 824/GAB/2019, bem como, sobre a concessão e a fixação do valor do auxílio-alimentação devido aos Vereadores da Câmara Municipal de Costa Marques/RO, e dá outras providências. No valor de R$:1.000,00 (mil reais).</t>
+  </si>
+  <si>
+    <t>624</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_no_073-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r150.000.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação e dá outras providencias, de dotações conforte preceitua o ART.167, VI, CF. No valor de R$ 150.000,00 (cento e cinquenta mil reais). Incremento do PAB aquisição de equipamento fisioterapia.</t>
+  </si>
+  <si>
+    <t>625</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_lei_no_074-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r297.00000.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação e dá outras providencias, de dotações conforte preceitua o ART.167, VI, CF. No valor de R$ 297.000,00 (duzentos e noventa e sete mil reais). Incremento do Mac Medicamento</t>
+  </si>
+  <si>
+    <t>627</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_lei_no_075-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r594.00000.pdf</t>
+  </si>
+  <si>
+    <t>, dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação no orçamento vigente e dá outras providencias. No valor de R$ 594.000,00 (quinhentos e noventa e quatro mil reais). Promoção e Marketing do Turismo no mercado nacional</t>
+  </si>
+  <si>
+    <t>629</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/629/prddec1.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação no orçamento vigente e dá outras providencias. No valor de R$ 4.795.340,29 (quatro milhões, setecentos e noventa e cinco mil trezentos e quarenta reais e vinte e nove centavos). Construção de Ponte Mista São Domingos.</t>
+  </si>
+  <si>
+    <t>631</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/631/projeto_de_lei_no_077-2025_institui_o_plano_carreiras_e_remuneracao__-pccr_dos_servidores_publicos_.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre o Plano de Cargos, Carreiras e Remuneração – PCCR dos Servidores Públicos da Secretaria Municipal de Saúde de Costa Marques-RO, e dá outras providencias</t>
+  </si>
+  <si>
+    <t>634</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/634/projeto_de_lei_no_078-2025_dispoe_sobre_o_contratacao_de_medicos_por_meio_de_credenciamento_para_apreciacao_dessa_casa_legislativa.pdf</t>
+  </si>
+  <si>
+    <t>regulamenta o sistema de contratação de médicos, no âmbito das unidades de atenção básica e hospital municipal, mediante credenciamento por chamamento público, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>638</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/638/projeto_de_lei_no_079-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r_1.01746400.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação e dá outras providencias, de dotações conforte preceitua o ART.167, VI, CF. No valor de R$: 1.017,464,00 (um milhão e dezessete mil quatrocentos e sessenta e quatro reais). Incremento PAB</t>
+  </si>
+  <si>
+    <t>641</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_de_lei_no_080-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r_330.00000.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a abertura de crédito adicional especial por excesso de arrecadação e dá outras providencias, de dotações conforte preceitua o ART.167, VI, CF. No valor de R$: 330.000,00 (Trezentos e trinta mil reais) Aquisição de Equipamento Mobiliário Permanente</t>
+  </si>
+  <si>
+    <t>644</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_no_081-2025_dispoe_sobre_a_alteracao_qualitativa_do_orcamento_vigente_atraves_da_transposicao_e__remanejamento_no_valor_860.00000.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a alteração qualitativa do orçamento vigente através da transposição e remanejamento de dotações conforme preceitua o art. 167, VI CF. No valor de R$: 860.000,00 (oitocentos e sessenta mil reais). Juntamente com abertura de crédito adicional suplementar por excesso de arrecadação por tendencia de recursos vinculados no valor de R$: 1.000,000,00(um milhão de reais).</t>
+  </si>
+  <si>
     <t>374</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projetos de Leis Complementares</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/374/projet1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 001/2025 de Autoria do Poder Executivo Municipal que altera o Piso Salarial dos Profissionais do Magistério Público do Município de Costa Marques e dá outras providências. Para o valor de R$: 4.867,77 (quatro mil, oitocentos e sessenta e sete reais e setenta e sete centavos).</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/469/projeto_de_lei_complementar_n_002-2025_iptu_premiado..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 02/2025 de Autoria do Poder Executivo Municipal que em regime de urgência especial, autoriza o poder executivo municipal a instituir anualmente o programa “IPTU PREMIADO”, mediante a realização de sorteios de prêmios e dá outras providências.</t>
   </si>
   <si>
     <t>470</t>
@@ -630,50 +1110,155 @@
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/539/projeto_de_lei_complementar_n_009-2025_instiutui_o_plano_de_cargos_carreiras_e_vencimentos_dos_servidores_da_camara_municipal_de.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 009/2025 de Autoria do Poder Legislativo Municipal que, "Altera o art. 19, bem como os incisos II, IV, da Lei complementar 088/2021, acrescenta o inciso VI ao art. 19 da Lei complementar 088/2021, bem como alterar os anexos II, II-A, II -B, da Lei Complementar nº 088/2021, e alterar o anexo II-D da Lei Complementar nº 094/2022, que "institui o plano de cargos, carreiras e vencimentos dos servidores da Câmara Municipal de Costa Marques e dá outras providências".</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_complementar_n_010-2025_dispoe_sobre_a_autorizacao_para_criacao_de_quadras_no_6263_setor_03..pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 010/2025 de Autoria do Poder Executivo Municipal que, dispõe sobre a autorização para criação de quadras n.62,63 setor 03, no Município de Costa Marques/RO, e dá outras providências.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/562/prc5f91.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 011/2025 de Autoria do Poder Executivo Municipal que em regime de urgência especial, dispõe sobre a delegação de competência para ordenação de despesas no âmbito do Poder Executivo Municipal e dá outras providencias.</t>
   </si>
   <si>
+    <t>566</t>
+  </si>
+  <si>
+    <t>altera dispositivo da lei nº 196/1996, de 06/12/1996 e da outras providencias</t>
+  </si>
+  <si>
+    <t>571</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_lei_complementar_n_013-2025-_conselho_e_fundo_municipal_de_meio_ambiente.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 013/2025 de Autoria do Poder Executivo Municipal que em regime de urgência especial, institui o Conselho Municipal de Meio Ambiente - CMMA e o Fundo Municipal de Meio Ambiente – FUMMA e dá outras providências.</t>
+  </si>
+  <si>
+    <t>572</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_complementar_n_014-2025_auxilio_alimentacao_dos_servidores_da_cm_ro.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 014/2025 de Autoria do Poder Legislativo Municipal que, altera o §1 ° do artigo 4 6 da Lei Municipal nº 987/2021, de 14 de dezembro de 2021, que dispõe sobre o benefício de auxílio alimentação dos servidores da Câmara Municipal de Costa Marques/RO.</t>
+  </si>
+  <si>
+    <t>579</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/579/pr74bf1.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 015/2025 de Autoria do Poder Executivo Municipal que em regime de urgência especial, institui o Conselho Municipal de Turismo - (COMTUR) e do Fundo Municipal de Turismo - (FUMTUR) do Município de Costa Marques/RO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>587</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/587/pra1b91.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 016/2025 de Autoria do Poder Executivo Municipal que em regime de urgência urgentíssimo, institui a taxa de coleta, remoção e destinação de resíduos sólidos domiciliares no Município de Costa Marques – RO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>604</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/604/pr6c0b1.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 017/2025 de Autoria do Poder Executivo Municipal que em regime de urgência urgentíssima, fica revogado o ART.6º da Lei Municipal 1.099, de outubro de 2023, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>611</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_lei_complementar_n_018-2025._altera_art._1o_da_lei_municipal_no_1.197_de_20_de_junho_de_2025_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>altera ART. 1º da Lei Municipal Nº 1.197, de 20 de junho de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>612</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/612/prb04a1.pdf</t>
+  </si>
+  <si>
+    <t>altera dispositivos da Lei Municipal Nº 519/2010, revoga a Lei Complementar Nº 053/2015 e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>614</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/614/pra62f1.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a Limpeza de Terrenos Baldios no Município e Distritos de Costa Marques/RO e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>617</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/617/pr07c31.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar nº 021/2025 de Autoria do Poder Executivo Municipal que em regime de urgência especial, dispõe sobre a ampliação e a criação de cargos no quadro permanente de servidores públicos de Costa Marques, e dá outras providencias.</t>
+  </si>
+  <si>
+    <t>613</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_complementar_n_022-2025._dispoe_sobre_o_novo_plano_de_ccargos_carreria_e_salario_dos_servidores_publicos_do_munici.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre o novo Plano de Cargos, Carreira e Salários dos Servidores Publicos do Municipio de Costa Marques, e dá outras Prvidencias.</t>
+  </si>
+  <si>
+    <t>621</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/621/prbf191.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre o novo Plano de Cargos, Carreira e Salários dos Servidores Públicos efetivos integrantes dos grupos Funcionais Básicos, Médio e Superior da Secretaria Municipal de Educação do Município de Costa Marques, e dá outras providencias</t>
+  </si>
+  <si>
     <t>376</t>
   </si>
   <si>
     <t>INDIC</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>Juliane Duarte Sena Das Neves</t>
   </si>
   <si>
     <t>Indicação nº 001/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Educação – SEMECEL, que seja providenciado a implantação do Programa Amigo da Escola, através de Projeto de Lei, neste município de Costa Marques/RO.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Indicação nº 002/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos – SEMOSP, que seja providenciado com a máxima urgência a instalação de Lixeiras nas ruas do Distrito Real Forte Príncipe da Beira, neste município de Costa Marques/RO.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>Indicação nº 003/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Meio Ambiente, que seja disponibilizado um curso de brigadista e primeiros socorros através da equipe do Corpo de Bombeiros, neste município de Costa Marques/RO.</t>
@@ -963,272 +1548,386 @@
   <si>
     <t>Indicação nº 037/INFA/2025 de autoria do Vereador Igor Neves Ferreira Añez que, indica ao Poder Executivo Municipal, através do Setor Competente, que seja providenciado a instalação de lixeiras em locais estratégicos, neste município.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao__no_38-2025_juliane.pdf</t>
   </si>
   <si>
     <t>Indicação nº 038/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos – SEMOSP, que sejam realizadas obras de recuperação e cascalhamento na Avenida Hassib Cury, no sentido do Bairro da Mangueira, neste município de Costa Marques- RO.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao__no_39-2025_juliane.pdf</t>
   </si>
   <si>
     <t>Indicação nº 039/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através setor competente, que seja promovido o atendimento odontológico nas linhas rurais do município de Costa Marques-RO, de forma integrada à equipe médica itinerante.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>42</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao__no_042-2025_silene.pdf</t>
   </si>
   <si>
     <t>Indicação nº042/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Saúde – SEMUSA e da Secretaria Municipal de Assistência Social, que priorize os atendimentos nas Unidades Básica de Saúde – UBS e no Centro de Referência de Assistência Social – CRAS para os pacientes e usuários provenientes da área rural, neste Município de Costa Marques.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>43</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao__no_043-2025_silene.pdf</t>
   </si>
   <si>
     <t>Indicação nº043/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, que tome medidas para regularizar o uso de equipamento de som em locais públicos, especificamente na Beira Rio e Praça dos Navegantes, que foram recentemente revitalizados e se tornaram espaços de lazer para a população, neste Município de Costa Marques.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>44</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao__no_044-2025_igor_ferreira.pdf</t>
   </si>
   <si>
     <t>Indicação nº 044/INFA/2025 de autoria do Vereador Igor Neves Ferreira Añez que, indica ao Poder Executivo Municipal, através Setor Competente, que seja realizado um estudo para a construção de uma Capela Mortuária, de uso público neste munícipio.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao__no_45-2025_juliane_duarte.pdf</t>
   </si>
   <si>
     <t>Indicação nº 045/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, que seja realizada, com urgência, a limpeza da Avenida Demétrio Melas, com a Rua 13 de Maio neste município de Costa Marques -RO.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>46</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao__no_46-2025_silene.pdf</t>
   </si>
   <si>
     <t>Indicação nº046/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Turismo e Meio Ambiente, a adoção dos procedimentos legais junto aos órgãos competentes (SEDAM/COLMAM) para obter a Autorização Ambiental necessária à realização do desassoreamento e limpeza do Igarapé localizado no Bairro da Mangueira, neste Município de Costa Marques.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>47</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao__no_47-2025_silene.pdf</t>
   </si>
   <si>
     <t>Indicação nº047/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, a criação de um programa de concessão de ajuda de custo para alimentação de pacientes em tratamento fora do município.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>48</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao__no_048-2025_juliane.pdf</t>
   </si>
   <si>
     <t>Indicação nº 048/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, que seja realizada com urgência, a substituição e reparos da iluminação pública nas ruas e avenidas do Distrito do Forte Príncipe da Beira neste município de Costa Marques -RO.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>49</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao__no_49-2025_silene.pdf</t>
   </si>
   <si>
     <t>do Indicação nº049/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos- SEMOSP, que seja realizado os serviços de patrolamento e o encascalhamento na Avenida Mamoré, rua 05 de maio e rua 13 de Setembro, neste Município de Costa Marques.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>50</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao__no_50-2025_silene.pdf</t>
   </si>
   <si>
     <t>Indicação nº050/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Prefeito do Município, a necessidade de implantação de sinalização vertical e horizontal nas vias urbanas do município, no Distrito de São Domingos e na Comunidade do Real Forte Príncipe da Beira.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao__no_051-2025_juliane.pdf</t>
   </si>
   <si>
     <t>Indicação nº 051/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Saúde – SEMUSA, que viabilize atendimento de fisioterapia aos moradores do Forte Príncipe da Beira.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>52</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao__no_052-2025_juliane.pdf</t>
   </si>
   <si>
     <t>Indicação nº 052/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Saúde – SEMUSA, que organize e disponibilize a van odontológica para realizar atendimentos na Comunidade do Forte Príncipe da Beira.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>53</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº 053/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, a construção de dois quebra-molas, sendo um do lado direito e outro do lado esquerdo, na Avenida Demétrio Melas, esquina com a Jorge Teixeira, neste município de Costa Marques.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>54</t>
-[...1 lines deleted...]
-  <si>
     <t>Valmir Agostinho</t>
   </si>
   <si>
     <t>Indicação nº 054/VA/2025 de autoria do Vereador Valmir Agostinho que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos – SEMOSP, que providencie a manutenção da ponte localizada na BR-429, km 22, Linha 12, em frente à propriedade do Sr. Djalma, no município de Costa Marques-RO.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>55</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao__no_55-2025_juliane.pdf</t>
   </si>
   <si>
     <t>Indicação nº 055/JDSN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, que seja realizado o reparo urgente da vala localizada na Av. Limoeiro com Estrada do Biribá, nas proximidades do Lava-Jato e do cruzamento com a Rua 07 de Setembro, neste município de Costa Marques.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>56</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao__no_56-2025_silene.pdf</t>
   </si>
   <si>
     <t>Indicação nº056/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos - SEMOSP, que sejam realizados serviços de encascalhamento na estrada de Santa Izabel, na estrada de Santa Fé, no travessão de Santa Luzia, neste município de Costa Marques.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>57</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº057/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através do órgão competente, que estude a possibilidade de criar mecanismo de apoio aos servidores da rede municipal de ensino que desejam cursar pós-graduação ou mestrado.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>58</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao__no_58-2025_igor.pdf</t>
   </si>
   <si>
     <t>Indicação nº 058/INFA/2025 de autoria do Vereador Igor Neves Ferreira Añez que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, que sejam realizados estudos para viabilização e, logo após se proceda à construção de rampa de acesso para pessoas com deficiência física e mobilidade reduzida, na calçada localizada em frente à Paróquia do Divino Espírito Santo neste município.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>59</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº059/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através do setor competente, a necessidade de recuperação e manutenção dos brinquedos infantis nas praças localizadas ao lado da Prefeitura Municipal, bem como na praça do Bairro da Mangueira, neste município de Costa Marques - RO.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>60</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº060/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos – SEMOSP, que seja realizado os serviços de patrolamento na rua Avenida Mamoré sentido chacareiro neste Município de Costa Marques - RO.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>61</t>
-[...1 lines deleted...]
-  <si>
     <t>Indicação nº061/SBMDN/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Competente, que seja providenciada a construção de uma quadra de areia para a comunidade do Real Forte Príncipe da Beira.</t>
   </si>
   <si>
+    <t>567</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/567/indicacao__no_62-2025_silene.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº062/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através do setor competente, que seja feito com a máxima urgência a instalação de iluminação pública no Bosque Municipal, neste município de Costa Marques.</t>
+  </si>
+  <si>
+    <t>576</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao__no_63-2025_juliane.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº63/ JDSN /2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos -SEMOSP, que seja feito a execução de reparos de concretagem e o alargamento da rampa de acesso ao Rio Guaporé.</t>
+  </si>
+  <si>
+    <t>577</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao__no_64-2025_juliane.pd.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº64/ JDSN /2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Competente, que seja feito a expansão da área destinada ao cemitério municipal, neste município de Costa Marques - RO.</t>
+  </si>
+  <si>
+    <t>582</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao__no_69-2025_silene.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº065/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos - SEMOSP, que seja feito a manutenção com patrolamento na Linha Mourão, KM 18, neste município de Costa Marques/RO.</t>
+  </si>
+  <si>
+    <t>589</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao__no_66-2025_igor.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº 066/INFA/2025 de autoria do Vereador Igor Neves Ferreira Añez que indica através da Secretaria Municipal de Turismo, que seja viabilizado a isenção de pagamento, sobre o Estacionamento do 25º Festival de Praia 2025.</t>
+  </si>
+  <si>
+    <t>590</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/590/indicacao__no_067-2025_juliane.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº67/ JDSN /2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos -SEMOSP, que seja realizado o patrolamento e cascalhamento no Km2 Linha 21 e Linha 21G, neste munícipio de Costa marques.</t>
+  </si>
+  <si>
+    <t>586</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao__no_68-2025_silene.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº068/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos – SEMOSP, que seja realizado a construção de calçadas nas ruas do município onde já existe meio-fio.</t>
+  </si>
+  <si>
+    <t>578</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao__no_69-2025_silene.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº069/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, através do setor competente, a reiteração da indicação número 002, 005 e 026 referente a construção de redutores de velocidade (quebra-molas) nos seguintes pontos deste Município de Costa Marques.</t>
+  </si>
+  <si>
+    <t>594</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/594/indicacao__no_070-2025_juliane.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº70/ JDSN /2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos -SEMOSP, que sejam instaladas lixeiras em pontos estratégicos na praça publica onde está situada a Câmara Municipal de Costa marques.</t>
+  </si>
+  <si>
+    <t>595</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/595/indicacao__no_071-2025_juliane.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº71/ JDSN /2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos -SEMOSP, que seja realizada a manutenção e a melhoria da iluminação pública na praça situada aos fundos da Câmara Municipal.</t>
+  </si>
+  <si>
+    <t>602</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao__no_072-2025_silene.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº072/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, a necessidade de construção de um redutor de velocidade (quebra-mola) na Avenida Professora Ana Coelho Rodrigues, setor 03, em frente à Creche Municipal Mundo Mágico, neste município.</t>
+  </si>
+  <si>
+    <t>603</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao__no_073-2025_silene.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº073/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, a necessidade de construção de um redutor de velocidade (quebra-mola) na Avenida Limoeiro, setor 03, em frente à Escolinha da Professora Eulle, neste município.</t>
+  </si>
+  <si>
+    <t>608</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao__no_074-2025_juliane.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº74/JDSN /2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos -SEMOSP, que seja realizada manutenção geral nos campos de futebol sintéticos localizados no município de Costa Marques.</t>
+  </si>
+  <si>
+    <t>609</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao__no_075-2025_juliane.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº75/ JDSN /2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, indica ao Poder Executivo Municipal, através da Secretaria Municipal de Administração e Fazenda, com apoio do Departamento Municipal de Tributação e Comunicação, que seja realizada uma campanha de conscientização voltada à população sobre a importância da transferência de veículos e regularização de documentação de seus veículos com emplacamento local para o município de Costa Marques.</t>
+  </si>
+  <si>
+    <t>610</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao__no_076-2025_silene.pdf</t>
+  </si>
+  <si>
+    <t>Indicação nº076/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, indica ao Poder Executivo Municipal, a necessidade de substituição de lâmpadas queimadas na rua José Câmara, nas proximidades da Igreja Missionaria do Avivamento, no setor 03.</t>
+  </si>
+  <si>
+    <t>623</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/623/indicacao___no_077-2025_ana_cristina.pdf</t>
+  </si>
+  <si>
+    <t>determine a aquisição de mobílias, tais como poltronas adequadas e equipamentos de apoio para os braços, destinadas à UBS do Distrito de São Domingos do Guaporé, no Município de Costa Marques/RO.</t>
+  </si>
+  <si>
+    <t>626</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao__no_078-2025_juliane.pdf</t>
+  </si>
+  <si>
+    <t>que seja realizada o cascalhamento e a recuperação da rua Forte Principe da Beira, que passa em frente à igreja São Sebastião, ao lado da Escola Gomes Carneiro.</t>
+  </si>
+  <si>
+    <t>652</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/652/indicacao__no_79-2025_silene.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de manilhas de concreto em frente Escola do 15 em propriedades rurais onde há buracos, valas e pontos de erosão que dificultam o acesso dos moradores.</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/653/indicacao__no_80-2025_silene.pdf</t>
+  </si>
+  <si>
+    <t>a necessidade de substituição das lâmpadas queimadas na Avenida Antônio Serafim, em frente à Praça da Mangueira, no Setor 03.</t>
+  </si>
+  <si>
     <t>379</t>
   </si>
   <si>
     <t>REQUE</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Requerimento nº 001/INFA/2025 de autoria do Vereador Igor Neves Ferreira Añez que, requer ao Poder Executivo Municipal, através do órgão competente, a doação de um terreno municipal, destinado a construção de um Terminal Rodoviário neste município de Costa Marques/RO.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>Lucineia Justiniano Rodrigues Porto</t>
   </si>
   <si>
     <t>Requerimento nº002/LJR/2025 de autoria da Vereadora Lucinéia Justiniano Rodrigues que, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, que seja providenciado com máxima urgência, as reparações na iluminação pública em diversos pontos da sede do município de Costa Marques, bem como nos distritos de São Domingos e Forte Príncipe da Beira. Requer-se, ainda, a reparação da iluminação ao longo da BR-429, no início do perímetro urbano de São Domingos, especificamente nos seguintes trechos: lado direito em frente à Assembleia de Deus e lado direito em frente ao Hotel Catarinense.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>Requerimento nº003/LJR/2025 de autoria da Vereadora Lucinéia Justiniano Rodrigues que, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, que seja providenciado com máxima urgência, que seja providenciado com máxima urgência, o cascalhamento e o patrolamento das estradas vicinais nas seguintes localidades: Linha 17 da Farinheira, Linha Ramal 18, Linha 18 do Capitão, Dezoitinha e o Braço da Dezoitinha, além da Linha 16 do Paulão, localizada no Assentamento Conceição, no Distrito de São Domingos do Guaporé, neste município de Costa Marques.</t>
@@ -1506,53 +2205,50 @@
   <si>
     <t>Requerimento nº037/LJR/2025 de autoria da Vereadora Lucinéia Justiniano Rodrigues que, requer ao Poder Executivo Municipal, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, que seja realizado o serviço de tapa-buracos na Avenida Ayrton Senna, especialmente na esquina com a Escola Ilton José Martins.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, através do setor competente que, seja providenciado com a máxima urgência a Iluminação Pública da Avenida Ayrton Senna, localizada no Distrito São Domingos do Guaporé - Município de Costa Marques - RO</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, através do setor competente que, seja providenciado com a máxima urgência a Contratação de Cuidadores destinados a E.M.E.F. Ilton José Martins e a Creche Municipal Antônio Bezerra, localizadas no Distrito São Domingos do Guaporé - Município de Costa Marques - RO</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>Requerimento nº040/ACGJ/2025 de autoria da Vereadora Ana Cristina Gomes Justiniano que, indica ao Poder Executivo Municipal, através do setor competente, seja providenciado com a máxima urgência a Construção da quadra de areia Esportiva no Distrito São Domingos do Guaporé - Câmara Municipal de Costa Marques - RO.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>41</t>
-[...1 lines deleted...]
-  <si>
     <t>Requerimento nº041/ACGJ/2025 de autoria da Vereadora Ana Cristina Gomes Justiniano que, indica ao Poder Executivo Municipal, através do setor competente, que seja providenciado com a máxima urgência a Manutenção / Troca de Lâmpadas das Luminárias da Praça Pública e a Limpeza da mesma, localizada ao lado da UBS no Distrito São Domingos do Guaporé - Município de Costa Marques - RO.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>Requerimento nº042/ACGJ/2025 de autoria da Vereadora Ana Cristina Gomes Justiniano que, indica ao Poder Executivo Municipal, através do setor competente, seja providenciado com a máxima urgência, um motor de luz – gerador de energia de grande porte destinado a UBS do Distrito São Domingos do Guaporé - Câmara Municipal de Costa Marques - RO.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento___no_043-2025_ana_cristina.pdf</t>
   </si>
   <si>
     <t>Requerimento nº043/ACGJ/2025 de autoria da Vereadora Ana Cristina Gomes Justiniano que, indica ao Poder Executivo Municipal, através do setor competente, que seja providenciado com a máxima urgência, confecções de uniformes escolares municipais e o fornecimento gratuito através da secretaria Municipal de Educação, todos os alunos da Rede Municipal de Ensino de Costa Marques - RO.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/494/requeirmento__no_044-2025_valmir.pdf</t>
   </si>
   <si>
     <t>Requerimento nº 044/VA/2025 de autoria do Vereador Valmir Agostinho que, requer ao Poder Executivo Municipal, através do órgão competente, que seja feito com a máxima urgência a construção de (02) dois quebra-molas, na avenida Limoeiro, em frente à escola da tia Euli localizada no município de Costa Marques/ RO.</t>
@@ -1674,161 +2370,314 @@
   <si>
     <t>Requerimento nº059/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, requer ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos – SEMOSP e Urbanismo, que seja realizada a poda das arvores localizadas em diversos pontos da cidade, neste Município de Costa Marques - RO.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento___no_060-2025_ana_cristina.pdf</t>
   </si>
   <si>
     <t>Requerimento nº060/ACGJ/2025 de autoria da Vereadora Ana Cristina Gomes Justiniano que, através da Secretaria Municipal de Obras e Serviços Públicos - SEMOSP, seja providenciado os serviços de Manutenção da Iluminação Pública, na Avenida Dom Xavier Rei – rua da residência do Zeca Pinheiro, localizada no Município de Costa Marques – RO.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento___no_061-2025_ana_cristina.pdf</t>
   </si>
   <si>
     <t>Requerimento nº061/ACGJ/2025 de autoria da Vereadora Ana Cristina Gomes Justiniano que, requer ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos - SEMOSP, que seja providenciado com a máxima urgência os serviços de aterro, cascalhamento e drenagem na rua Marechal Rondon, localizada no Distrito São Domingos do Guaporé - Município de Costa Marques - RO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>62</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento___no_062-2025_lucineia.pdf</t>
   </si>
   <si>
     <t>Requerimento nº062/LJR/2025 de autoria da Lucinéia Justiniano Rodrigues que, requer ao Poder Executivo Municipal, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, que inclua no cronograma de obras a instalação de iluminação no campo de areia em construção no distrito de São Domingos, localizado ao lado do campo sintético.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>63</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento___no_063-2025_ana_cristina.pdf</t>
   </si>
   <si>
     <t>Requerimento nº063/ACGJ/2025 de autoria da Vereadora Ana Cristina Gomes Justiniano que, requer ao Poder Executivo Municipal, através do setor competente, seja providenciada a Instalação de Lombada/Quebra-molas, em frente a propriedade do Srº Quim – sentido Linha dos Mineiros, localizada no Distrito de São Domingos do Guaporé do Município de Costa Marques – RO.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>64</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento___no_064-2025_silene.pdf</t>
   </si>
   <si>
     <t>Requerimento nº064/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, requer ao Poder Executivo Municipal, através do órgão competente, nos termos regimentais e legais, que priorize, no planejamento orçamentário, a aquisição de equipamentos hospitalares essenciais ao pleno funcionamento do Hospital Municipal, tais como: Otoscópio, lanterna, desfibrilador, respirador, monitor, bombas de infusão, Oxímetros pediátricos Esfigmomanômetro, Eletrocardiograma, Sonar e Aspirador entre outros de igual relevância.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>65</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento___no_065-2025_silene.pdf</t>
   </si>
   <si>
     <t>Requerimento nº065/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, requer ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde (SEMUSA), que sejam adotadas as providências necessárias para a disponibilização da Van Odontológica Móvel, com o objetivo de fazer atendimento nas comunidades rurais e distritos do município como: Assentamentos, Comunidades do Real Forte Príncipe da Beira, Santa Fé, Santa Izabel e Macaco Preto).</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>66</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/560/requerimento___no_066-2025_ana_cristina.pdf</t>
   </si>
   <si>
     <t>Requerimento nº066/ACGJ/2025 de autoria da Vereadora Ana Cristina Gomes Justiniano que, requer ao Poder Executivo Municipal, através do setor competente, sejam providenciados os serviços de Cascalha mento, na Linha Mourão – km 18 – principalmente nos Ramais que dão acesso as propriedades do Sr. º Anísio e do Sr. º Isaias - conhecido como Tatá, localizada na zona rural deste Município.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>67</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento___no_067-2025_ana_cristina.pdf</t>
   </si>
   <si>
     <t>Requerimento nº067/ACGJ/2025 de autoria da Vereadora Ana Cristina Gomes Justiniano que, requer ao Poder Executivo Municipal, através do setor competente, que seja providenciada a disponibilização do Caminhão – Pipa, para realizar a molhagem nas ruas do Distrito São Domingos do Guaporé - Município de Costa Marques - RO.</t>
   </si>
   <si>
+    <t>569</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/569/requerimento___no_068-2025_lucineia.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento nº068/LJR/2025 de autoria da Lucinéia Justiniano Rodrigues que, requer ao Poder Executivo Municipal, através da Secretaria Municipal de Obra e Serviços Públicos – SEMOSP, que com a máxima urgência faça a recuperação da Linha 10 e Linha 21 (Sentido Macaco- Preto e Oriza).</t>
+  </si>
+  <si>
+    <t>591</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento___no_70-2025_lucineia.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento nº070/LJR/2025 de autoria da Vereadora Lucinéia Justiniano Rodrigues que, requer ao Poder Executivo Municipal, através da Secretaria Municipal de Obras e Serviços Públicos -SEMOSP, que seja providenciada, com a máxima urgência, a destinação de parte dos maquinários desta secretaria para o Distrito de São Domingos, localizada neste município de Costa Marques.</t>
+  </si>
+  <si>
+    <t>592</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/592/requerimento___no_071-2025_lucineia.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento nº071/LJR/2025 de autoria da Vereadora Lucinéia Justiniano Rodrigues que, requer ao Poder Executivo Municipal, através da Secretaria Municipal de Fazenda e Controladoria Geral do Município, que seja providenciada, com a máxima urgência, a adesão padrão nacional do novo formato de nota fiscal, com incidência tributária do IBS- Importo Sobre Bens e Serviços e CBS- Contribuição sobre Bens e serviços.</t>
+  </si>
+  <si>
+    <t>593</t>
+  </si>
+  <si>
+    <t>Requerimento nº072/SBMDN/2025 de autoria da Vereadora Silene Barreto Marques do Nascimento que, requer ao Poder Executivo Municipal através do órgão competente, informações acerca do Ofício nº 083/2025/GAB/SBMN, que solicita providências voltadas à melhoria das escolas recentemente fiscalizadas por esta parlamentar.</t>
+  </si>
+  <si>
+    <t>622</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/622/requerimento___no_073-2025_ana_cristina.pdf</t>
+  </si>
+  <si>
+    <t>requer ao Poder Executivo Municipal, que através do setor competente, sejam providenciados os serviços de reabertura e recuperação do carreador que dá acesso a Comunidade 62 – RESEX – Rio Cautário, localizada na zona rural deste Município.</t>
+  </si>
+  <si>
+    <t>630</t>
+  </si>
+  <si>
+    <t>Solicitação de informações e cópias de processos referentes às empresas S.N.B Santana Intermediações e Serviços e E.J. de Paula Comércio e Distribuição.</t>
+  </si>
+  <si>
+    <t>632</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento___no_075-2025_juliane_duarte.pdf</t>
+  </si>
+  <si>
+    <t>Que seja criado a Comissão Especial prevista no art. 2º da Lei Municipal nº 090/1989, destinada a instruir e acompanhar sempre que houver alienação, concessão, doação ou arrendamentos de bens patrimoniais.</t>
+  </si>
+  <si>
+    <t>633</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/633/requerimento___no_076-2025_juliane_duarte.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento nº76/ JDSN /2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, requer ao Poder Executivo Municipal, através da Secretaria Municipal de Saúde, solicitando a regularização e a atualização dos pagamentos de diárias destinadas aos profissionais da saúde, incluindo auxiliares de enfermagem, técnicos em enfermagem, enfermeiros e motoristas.</t>
+  </si>
+  <si>
+    <t>635</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/635/requerimento___no_077-2025_ana_cristina.pdf</t>
+  </si>
+  <si>
+    <t>Sejam providenciados os serviços de operação tapa-buracos nas esquinas das ruas de chão do Distrito de São Domingos do Guaporé – RO, deste Município.</t>
+  </si>
+  <si>
+    <t>636</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/636/requerimento___no_78-2025_lucineia.pdf</t>
+  </si>
+  <si>
+    <t>Que seja realizada a recuperação da Linha 43, que dá acesso à Linha 07, bem como a limpeza da curva localizada na Linha 62, próxima à cascalheira do senhor Miguelzinho.</t>
+  </si>
+  <si>
+    <t>637</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento___no_79-2025_lucineia.pdf</t>
+  </si>
+  <si>
+    <t>Que seja providenciada, com a máxima urgência, a construção de um quebra-molas na entrada da marginal esquerda e outro em frente ao Hotel Catarinense, ambos localizados no Distrito de São Domingos. No ensejo, reitera os requerimentos já apresentados para a construção de quebra-molas na Avenida Costa Marques, em frente ao Mercado do Divino e à Pastelaria do Cido, bem como na Rua do Rodeio.</t>
+  </si>
+  <si>
+    <t>643</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento___no_080-2025_juliane.pdf.pdf</t>
+  </si>
+  <si>
+    <t>solicitação de informações quanto ao cronograma de execução de serviços semanal.</t>
+  </si>
+  <si>
+    <t>654</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento___no_081-2025_ana_cristina.pdf</t>
+  </si>
+  <si>
+    <t>informações detalhadas referentes aos atendimentos, custos e gastos realizados pela Secretaria Municipal de Agricultura – SEAGRI, discriminando quantidades, projetos, programas, ações e serviços executados e a executar durante o ano de 2025. Requer, ainda, esclarecimentos sobre informações veiculadas em áudios e mensagens de aplicativo de comunicação, que mencionam a suposta realização de horas-máquina além do previsto para determinado produtor rural, solicitando esclarecimentos oficiais sobre o fato.</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento___no_082-2025_ana_cristina.pdf</t>
+  </si>
+  <si>
+    <t>informações detalhadas, documentos e cópias referentes às empresas fornecedoras de alimentos, combustível, veículos e ônibus escolares da SEMEC, deste Município.</t>
+  </si>
+  <si>
+    <t>656</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento___no_083-2025_juliane_duarte.pdf</t>
+  </si>
+  <si>
+    <t>que seja feito a criação do Fundo Municipal de Agricultura no âmbito do Município de Costa Marques/RO.</t>
+  </si>
+  <si>
+    <t>657</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento___no_084-2025_juliane_duarte.pdf</t>
+  </si>
+  <si>
+    <t>que seja realizada manutenção na Linha Mourão, com a execução de serviços de cascalhamento ao longo dos trechos que se encontram danificados.</t>
+  </si>
+  <si>
     <t>438</t>
   </si>
   <si>
     <t>TCE</t>
   </si>
   <si>
     <t>PRESTAÇÃO DE CONTAS</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/438/prestacao_de_contas_2022_autos_01039-23.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Poder Executivo Municipal, referente ao exercício do ano de 2022, na responsabilidade do gestor Vagner Miranda da Silva.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/439/prestacao_de_contas_2023_autos_01409-24.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Poder Executivo Municipal, referente ao exercício do ano de 2023, na responsabilidade do gestor Vagner Miranda da Silva.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Prestação de Contas da Câmara Municipal de Costa Marques -RO referente ao Exercício de 2024.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO LEGISLATIVA</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa nº 001/2025 de Autoria do Poder Legislativo Municipal que, dispõe sobre a Filiação da Câmara Municipal de vereadores de Costa Marques/RO. Á união de Câmaras e vereadores de Rondônia – UCAVER.</t>
   </si>
   <si>
+    <t>601</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/601/resolucao_legislativa_n._o_02-2025_abracam.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução Legislativa nº 002/2025 de Autoria do Poder Legislativo Municipal que, dispõe sobre a Filiação da Câmara Municipal de Costa Marques/RO. Á Associação Brasileira de Câmaras Municipais ABRACAM, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>650</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/650/resolucao_legislativa_no_03-2025.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a Filiação da Câmara Municipal de Costa Marques/RO. Á Associação Brasileira de Câmaras Municipais ABRACAM, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>581</t>
+  </si>
+  <si>
+    <t>Projeto Resolução nº 09/2025 de Autoria do Poder Legislativo Municipal que, dispõe sobre a autorização provisória para cessão de espaço público pertencente à Câmara Municipal de Costa Marques/RO, localizado na lateral da Praça da Câmara Municipal de Costa Marques/RO, de comerciantes alimentação, e dá outras providências.</t>
+  </si>
+  <si>
     <t>391</t>
   </si>
   <si>
     <t>MA</t>
   </si>
   <si>
     <t>Moção de Aplauso</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/391/mocao_aplauso_no_001-2025_lucineia.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso nº 001/LJR/2025de autoria da Vereadora Lucinéia Justiniano Rodrigues que, apresenta a mesa Diretora a Moção de Aplausos aos representantes das instituições que estiveram em parceria com o nosso Município de Costa marques na ação Rondônia cidadã realizada pelo Governo do Estado de Rondônia.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>Moção de Aplausos nº 001/INFA/2025 de autoria do Vereador Igor Neves Ferreira Añez que, apresenta a mesa Diretora a Moção de Aplausos dirigida ao Senhor Bernado José Pereira, ambientalista, antigo fundador e proprietário do Parque Ecológico Lagoa Azul, situado em nosso município.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/490/mocao_de_aplauso_003-2025_juliane_duarte.pdf</t>
@@ -1860,111 +2709,204 @@
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/537/mocao_de_aplauso_006-2025_ana_cristina.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso nº 006/ACGJ/2025 de autoria da Ana Cristina Gomes Justiniano que, apresenta a mesa Diretora a Moção de Aplausos dirigida à Sr.ª Elisete Batista Ramos, em reconhecimento aos seus relevantes serviços prestados à comunidade e à educação em nosso município.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/547/mocao_de_aplauso_no_007-2024_autoria_juliane_duarte.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso nº 007/MDCMCM/2025 de autoria da Mesa Diretora da Câmara Municipal de Costa Marques que, homenageia ao Sargento Richardson Pablo Arcanjo das Neves, da Polícia Militar do Estado de Rondônia, em reconhecimento aos relevantes serviços prestados à segurança pública e à comunidade de nosso município.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/548/mocao_de_aplauso_no_008-2024_autoria_juliane_duarte.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso nº 008/MDCMCM/2025 de autoria da Vereadora Juliane Duarte Sena das Neves que, homenageia a Estefane da Silva Gonçalves, pelas divulgação dos seus conteúdos digitais, proporcionando a visibilidade do município de Costa Marques e ao mesmo tempo o cotidiano da vida na roça.</t>
   </si>
   <si>
+    <t>570</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/570/mocao_de_aplauso_no_009-2024_autoria_juliane_duarte.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplauso nº09/JDSN/2025 de autoria da Vereadora Juliane Duarte Senas das Neves que, homenageia ao Senhor Izael Alves de Sousa, em reconhecimento ao relevante trabalho social que vem desempenhando em benefício da comunidade.</t>
+  </si>
+  <si>
     <t>517</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Balancete Financeiro</t>
   </si>
   <si>
     <t>Balancetes Financeiros da Prefeitura Municipal de Costa Marques referente aos meses de janeiro a dezembro de 2024, Balancetes Financeiros de Janeiro a fevereiro de 2025, e o Balanço Geral da prefeitura municipal de Costa Marques, Fundo da Assistência Social e Fundo Municipal de Saúde referente ao ano de 2024.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>Balancetes Mensal da Prefeitura Municipal de Costa Marques referente ao mês de maio de 2025 da prefeitura municipal de Costa Marques</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>ELO</t>
   </si>
   <si>
     <t>Emenda á Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/545/projeto_de_emenda_a_lei_organica_no_009-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica nº009/2025 de Autoria do Poder Legislativo Municipal que, acresce artigo 85-a na Lei Orgânica, que dispõe sobre apresentação das emendas impositivas ao orçamento do Município.</t>
   </si>
   <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>acrescenta os Artigos 85-B, 85-C, 85-D, 85-E e 85-F na Lei Orgânica que dispõe sobre apresentação das acrescenta os Artigos 85-B, 85-C, 85-D, 85-E e 85-F na Lei Orgânica que dispõe sobre apresentação das Emendas Impositivas ao Orçamento do Município.</t>
+  </si>
+  <si>
     <t>516</t>
   </si>
   <si>
     <t>RL</t>
   </si>
   <si>
     <t>Resolução Legislativa</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/516/resolucao_legislativa_01-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução Legislativa nº 001/2025 de Autoria do Poder Legislativo Municipal que, dispõe sobre a Filiação da Câmara Municipal de vereadores de Costa Marques/RO. Á união de Câmaras e vereadores de Rondônia – UCAVER</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>CVC</t>
   </si>
   <si>
     <t>Convocação</t>
   </si>
   <si>
     <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/373/convocacao_01-2025_extra.pdf</t>
   </si>
   <si>
     <t>- Apresentação e votação da composição dos membros das Comissões Permanentes para o 1° Biênio de 2025/2026 da 11° Legislatura da Câmara Municipal de Costa Marques-RO.</t>
+  </si>
+  <si>
+    <t>575</t>
+  </si>
+  <si>
+    <t>vt</t>
+  </si>
+  <si>
+    <t>Veto</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/575/veto_municipal_no_01-2025.pdf</t>
+  </si>
+  <si>
+    <t>Veto Municipal nº 01/2025 referente ao projeto de Lei nº 029/2025 de Autoria da vereadora Ana Cristina Gomes Justiniano.</t>
+  </si>
+  <si>
+    <t>662</t>
+  </si>
+  <si>
+    <t>DC</t>
+  </si>
+  <si>
+    <t>Decreto</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/662/decreto_legisltivo_no_58-2025_decreto_469-2025.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre autorização para Realização de concessão de bem público, em conformidade com a Lei Municipal nº 090/89 ART. 1º.</t>
+  </si>
+  <si>
+    <t>607</t>
+  </si>
+  <si>
+    <t>690</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/607/decreto_municipal_no_690-2025.pdf</t>
+  </si>
+  <si>
+    <t>Decreto nº 690/GAB/ 2025 de Autoria do Poder Executivo Municipal que, dispõe sobre autorização para Realização de concessão de bem público.</t>
+  </si>
+  <si>
+    <t>651</t>
+  </si>
+  <si>
+    <t>730</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/651/decreto_no_730-2025.pdf</t>
+  </si>
+  <si>
+    <t>dispõe sobre a nomeação (sem ônus) de membros para compor a comissão especial prevista no Art. 2º da lei municipal nº 090/1989, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>663</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda a Lei Organica</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/663/emenda_organica_no_009-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>acresce artigo 85-a na Lei Orgânica, que dispõe sobre apresentação das emendas impositivas ao orçamento do Município.</t>
+  </si>
+  <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_a_emenda_organica_no_010-2025.pdf</t>
+  </si>
+  <si>
+    <t>acrescenta os Artigos 85-B, 85-C, 85-D, 85-E e 85-F na Lei Orgânica que dispõe sobre apresentação das Emendas Impositivas ao Orçamento do Município.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2268,67 +3210,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_lei_n_001-2025_dipoe_sobre_abertura_de_credito_adicional_especial_no_valor_de_669.92836._pagamento_do_piso_salarial_dos_profissionais_de_enfermagem..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_n_002-2025_autoriza_prefeito_vice-_prefeito_chefe_de_gabinete_entre_outros_a_dirgirem_veiculos_oficiais_da_administracao..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_lei_no_003-2025_cria_o_auxilio_agrofeira_aos_servidores_publicos_municipais_e_da_outra_providencia_..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no_004-2025_dispoe_sobre_a_utilizacao_do_ginasio_municipal_de_esportes_joel_martins_fontes_e_o_campo_municipal_gramadao_arnaldo_gomes_dos_santos_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_de_lei_no_005-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro_de._no_valor_r_161.90500.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_lei_no_006-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro._no_valor_r_346.67000.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_no_007-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro._no_valor_r_458.21900.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_de_lei_no_008-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro._no_valor_r_236.78100.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_de_lei_no_009-2025_credito_adicional_especial_por_superavit_financeiro._no_valor_r_5.000.0000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no_011-2025_dispoe_sobre_abertura_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_r_453.00000.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no_012-2025_dispoe_sobre_abertura_credito_adicional_especial_por_superavit_financeiro._no_valor_r_320.00000.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no_013-2025_credito_adicional_especial_por_superavit_financeiro._no_valor_r_1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no_014-2025_dispoe_sobre_abertura_credito_adicional_especial_por_superavit_financeiro._no_valor_r_161.00000.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/447/projeto_de_lei_no_015-2025_dispoe_sobre_abertura_credito_adicional_especial_por_superavit_financeiro._no_valor_r_300.00000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/448/projeto_de_lei_no_016-2025_dispoe_sobre_abertura_credito_adicional_especial_por_superavit_financeiro._no_valor_r_33.07450.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/449/projeto_de_lei_no_017-2025_dispoe_sobre_abertura_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_r_578.73000.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_no_018-2025_dispoe_sobre_abertura_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_r_210.27190_addpage.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_no_019-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro_no_valor_de_19.02442.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_no_020-2025_dispoe_sobre_a_limpeza_de_terrenos_baldios_neste_municipio_de_costa_marques_-ro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_de_lei_no_021-2025_cia_a_supel_superintendencia_municipal_de_licitacoes_no_municipio_de_costa_marques_-ro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_no_022-2025_institui_o_programa_amigo_do_municipio_servico_voluntario_gratuitoremunerado_no_ambito_da_administracao..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/481/pree9d1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/519/projeto_de_lei_no_029-2025_dispoe_sobre_normas_de_protecao_ao_consumidor_contra_prtica_abusivas_por_parte_da_concessionaria_de_energia_eletrica.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/520/projeto_de_lei_no_030-2025_dispoe_sobre_a_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/521/projeto_de_lei_no_031-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao_no_orcamento_vigente..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_no_032-2025_reetruturacao_organizacional_e_a_reforma_administrativa_da_camara_municipal_de_costa_marques..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_no_033-2025_credito_adicional_especial_por_superavit._no_valor_de_453.16686.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_no_034-2025_credito_adicional_especial_por_superavit._devolucao_no_valor_de_453.16686_construcao_barracao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei_no_035-2025_credito_adicional_especial_por_execesso_de_arrecadacao._no_valor_de_491.45400_aquisicao_de_material_de_expediente.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_lei_no_036-2025_dispoe_sobre_a_concessao_de_subvencao_social_a_entidade_sem_fins_lucrativos_e_da_outras_providencias._no_valor_de_60.00000.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_no_037-2025_autoriza_o_poder_executivo_municipal_a_celebrar_termo_de_fomento_com_entidade_representativa_da_comunidade_quilombola_de_santa-fe..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_lei_no_038-2025_autoriza_a_abertra_de_credito_adicional_especial_por_superavit_financeiro_no_valor_de_508.14640.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_039-2025_autoriza_a_abertra_de_credito_remanejemnto_e_tranposicao_por_anulacao_e_suplementacao_no_valor_de_24.300.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_no_040-2025._autorizacao_para_uso_de_veiculo_oficial_tipo_onibus_e_van_de_costa_marques_para_o_transporte_de_atletas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/374/projet1.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/469/projeto_de_lei_complementar_n_002-2025_iptu_premiado..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_complementar_n_003-2025_altera_dispositivo_da_lei_complemtnar_no_86-02-2021.....pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/471/projet4.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/510/projeto_de_lei_complementar_n_005-2025_dispoe_sobre_a_reestruturacao_administrativa_e_organizacional_da_prefeitura_de_costa_marque.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/518/projeto_de_lei_complementar_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_de_lei_complementar_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/535/pr51341.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/539/projeto_de_lei_complementar_n_009-2025_instiutui_o_plano_de_cargos_carreiras_e_vencimentos_dos_servidores_da_camara_municipal_de.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_complementar_n_010-2025_dispoe_sobre_a_autorizacao_para_criacao_de_quadras_no_6263_setor_03..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/562/prc5f91.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao__no_04-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao__no_05-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao__no_06-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao__no_07-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao__no_08-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao__no_09-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao__no_10-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao__no_11-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/404/indicacao__no_11-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao__no_13-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao__no_14-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_no_15-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_16-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_no_17-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao__no_18-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_no_20-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao__no_32-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao__no_29-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao__no_30-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao__no_31-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao__no_34-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao__no_35-2025_silene_barreto.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao__no_36-2025_silene_barreto.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao__no_37-2025_igor_neves.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao__no_38-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao__no_39-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao__no_042-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao__no_043-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao__no_044-2025_igor_ferreira.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao__no_45-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao__no_46-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao__no_47-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao__no_048-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao__no_49-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao__no_50-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao__no_051-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao__no_052-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao__no_55-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao__no_56-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao__no_58-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/390/requerimento_no_07-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/407/requerimento__no_09-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento__no_10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento__no_11-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento__no_12-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento__no_13-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento__no_14-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento__no_15-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento__no_16-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/415/requerimento__no_17-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/416/requerimento__no_18-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/423/requeirmento__no_019-2025_valdir.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/424/requeirmento__no_020-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/425/requeirmento__no_021-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/426/requeirmento__no_022-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_no_023-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento__no32-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento__no_33-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento__no_34-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento__no_35-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento__no_36-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento__no_37-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento___no_043-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/494/requeirmento__no_044-2025_valmir.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/495/requeirmento__no_045-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento__no_46-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento__no_47-2025_lucieia.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/501/requeirmento__no_048-2025_valmir.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento__no_49-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento__no_50-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento__no_51-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento___no_052-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento___no_053-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento___no_055-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento___no_056-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento___no_060-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento___no_061-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento___no_062-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento___no_063-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento___no_064-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento___no_065-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/560/requerimento___no_066-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento___no_067-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/438/prestacao_de_contas_2022_autos_01039-23.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/439/prestacao_de_contas_2023_autos_01409-24.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/391/mocao_aplauso_no_001-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/490/mocao_de_aplauso_003-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/491/mocao_de_aplauso_004-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/509/mocao_de_aplauso_005-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/537/mocao_de_aplauso_006-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/547/mocao_de_aplauso_no_007-2024_autoria_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/548/mocao_de_aplauso_no_008-2024_autoria_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/545/projeto_de_emenda_a_lei_organica_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/516/resolucao_legislativa_01-2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/373/convocacao_01-2025_extra.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_lei_n_001-2025_dipoe_sobre_abertura_de_credito_adicional_especial_no_valor_de_669.92836._pagamento_do_piso_salarial_dos_profissionais_de_enfermagem..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_n_002-2025_autoriza_prefeito_vice-_prefeito_chefe_de_gabinete_entre_outros_a_dirgirem_veiculos_oficiais_da_administracao..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_lei_no_003-2025_cria_o_auxilio_agrofeira_aos_servidores_publicos_municipais_e_da_outra_providencia_..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_no_004-2025_dispoe_sobre_a_utilizacao_do_ginasio_municipal_de_esportes_joel_martins_fontes_e_o_campo_municipal_gramadao_arnaldo_gomes_dos_santos_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/395/projeto_de_lei_no_005-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro_de._no_valor_r_161.90500.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/396/projeto_de_lei_no_006-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro._no_valor_r_346.67000.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/397/projeto_de_lei_no_007-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro._no_valor_r_458.21900.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/398/projeto_de_lei_no_008-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro._no_valor_r_236.78100.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/399/projeto_de_lei_no_009-2025_credito_adicional_especial_por_superavit_financeiro._no_valor_r_5.000.0000.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/440/projeto_de_lei_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/441/projeto_de_lei_no_011-2025_dispoe_sobre_abertura_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_r_453.00000.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/442/projeto_de_lei_no_012-2025_dispoe_sobre_abertura_credito_adicional_especial_por_superavit_financeiro._no_valor_r_320.00000.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/443/projeto_de_lei_no_013-2025_credito_adicional_especial_por_superavit_financeiro._no_valor_r_1.000.00000.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/444/projeto_de_lei_no_014-2025_dispoe_sobre_abertura_credito_adicional_especial_por_superavit_financeiro._no_valor_r_161.00000.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/447/projeto_de_lei_no_015-2025_dispoe_sobre_abertura_credito_adicional_especial_por_superavit_financeiro._no_valor_r_300.00000.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/448/projeto_de_lei_no_016-2025_dispoe_sobre_abertura_credito_adicional_especial_por_superavit_financeiro._no_valor_r_33.07450.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/449/projeto_de_lei_no_017-2025_dispoe_sobre_abertura_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_r_578.73000.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/455/projeto_de_lei_no_018-2025_dispoe_sobre_abertura_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_r_210.27190_addpage.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/456/projeto_de_lei_no_019-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_superavit_financeiro_no_valor_de_19.02442.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/457/projeto_de_lei_no_020-2025_dispoe_sobre_a_limpeza_de_terrenos_baldios_neste_municipio_de_costa_marques_-ro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/472/projeto_de_lei_no_021-2025_cia_a_supel_superintendencia_municipal_de_licitacoes_no_municipio_de_costa_marques_-ro_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/473/projeto_de_lei_no_022-2025_institui_o_programa_amigo_do_municipio_servico_voluntario_gratuitoremunerado_no_ambito_da_administracao..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/481/pree9d1.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/519/projeto_de_lei_no_029-2025_dispoe_sobre_normas_de_protecao_ao_consumidor_contra_prtica_abusivas_por_parte_da_concessionaria_de_energia_eletrica.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/520/projeto_de_lei_no_030-2025_dispoe_sobre_a_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/521/projeto_de_lei_no_031-2025_dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao_no_orcamento_vigente..pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/538/projeto_de_lei_no_032-2025_reetruturacao_organizacional_e_a_reforma_administrativa_da_camara_municipal_de_costa_marques..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/542/projeto_de_lei_no_033-2025_credito_adicional_especial_por_superavit._no_valor_de_453.16686.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/553/projeto_de_lei_no_034-2025_credito_adicional_especial_por_superavit._devolucao_no_valor_de_453.16686_construcao_barracao.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/554/projeto_de_lei_no_035-2025_credito_adicional_especial_por_execesso_de_arrecadacao._no_valor_de_491.45400_aquisicao_de_material_de_expediente.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/555/projeto_de_lei_no_036-2025_dispoe_sobre_a_concessao_de_subvencao_social_a_entidade_sem_fins_lucrativos_e_da_outras_providencias._no_valor_de_60.00000.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/556/projeto_de_lei_no_037-2025_autoriza_o_poder_executivo_municipal_a_celebrar_termo_de_fomento_com_entidade_representativa_da_comunidade_quilombola_de_santa-fe..pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/557/projeto_de_lei_no_038-2025_autoriza_a_abertra_de_credito_adicional_especial_por_superavit_financeiro_no_valor_de_508.14640.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/559/projeto_de_lei_no_039-2025_autoriza_a_abertra_de_credito_remanejemnto_e_tranposicao_por_anulacao_e_suplementacao_no_valor_de_24.300.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/563/projeto_de_lei_no_040-2025._autorizacao_para_uso_de_veiculo_oficial_tipo_onibus_e_van_de_costa_marques_para_o_transporte_de_atletas.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/568/projeto_de_lei_no_041-2025._dispor_sobre_a_abertura_credito_adicional_suplementar_por_execesso_de_arrecadacao_no_valor_de_6.055.50000.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/661/projeto_de_lei_no_042-2025_de_autoria_do_poder_executivo_municipal_que_em_regime_de_urgencia_dispoe_sobre_a_abertura_de_credito_adicional_remanejamento_.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/573/projeto_de_lei_no_043-2025_institui_o_conselho_municipal_de_cultura_de_cultura_e_o_fundo_municipal_de_cultura_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/574/projeto_de_lei_no_044-2025.autoriza_a_baixa_de_bem_inservivel_do_patrimonio_publico_municipal_.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/580/projeto_de_lei_no_045-2025dispoe_sobre_a_alteracaocao_qualitativa_do_orcamento_vigent_atraves_da_trasnposicao_e_remanejamento_de_dotacoes_no_valor_de_994.31051.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/588/projeto_de_lei_no_046-2025_construcao_monumento.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/660/projeto_de_lei_no_047-2025_dispoe_sobre_a_autorizacao_provisao_para_cessao_de_espaco_publco_pertencentes_a_camara_municipal_de_costa_marques.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/583/projeto_de_lei_no_048-2025dispoe_sobre_o_plano_plurianual_para_o_quadrienio_2026-2029_e_da_outras_providencias_ppa.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/584/projeto_de_lei_no_049-2025dispoe_sobre_as_diretrizes_para_a_elaboracao_da_lei_orcamentaria_de_2026_e_da_outras_providencias._ldo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/585/projet2.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/596/projeto_de_lei_no_051-2025_estabelece_e_reforca_mecanismo_de_protecao_aos_consumidores_contra_praticas_abusivas_da_distribuidora_de_energia_eletrica.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/597/projeto_de_lei_no_052-2025_incremento_do_pap_1.730.30000_.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/598/projeto_de_lei_no_053-2025_construcao_de_ponte_2.178.00000.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/599/projeto_de_lei_no_054-2025_aquisicao_de_playground_297.00000.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/600/projeto_de_lei_no_055-2025_aquisicao_de_ambulancia_tipo_b_350.00000.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/605/pr03a01.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/606/projeto_de_lei_no_057-2025_autoriza_o_poder_executivo_a_conceder_o_uso_de_bem_publico_localizado_no_setor_02_quadra_043_lote_13_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/658/projeto_de_lei_no_058-2025_institui_o_programa_municipal_de_regularizacao_fundiaria_urbana_no_municipio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/659/projeto_de_lei_no_059-2025dispoe_sobre_a_alteracaocao_qualitativa_do_orcamento_vigent_atraves_da_trasnposicao_e_remanejamento_de_dotacoes_no_valor_de_767.63390.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/615/projeto_de_lei_no_060-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao_e_da_outras_providencias._no_valor_de_r_300.000.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/616/projeto_de_lei_no_061-2025dispoe_sobre_o_recebimento_de_patrocinio_pelo_poder_publico_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/618/projeto_de_lei_no_062-2025dispoe_sobre_abertura_de_credito_adicional_suplementar_no_valor_de_1.80000.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/619/projeto_de_lei_no_063-2025dispoe_sobre_a_abertura_de_credito_adicional_suplementar_por_excesso_de_arrecadacao._no_valor_de_r_2.25910225.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/620/projeto_de_lei_no_064-2025_declaracao_de_utilidade_publica_do_igarape_da_mangueira_localizado_no_municipio_de_costa_marques_-_ro_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/639/projeto_de_lei_no_066-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r_62.12336.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/640/projeto_de_lei_no_067-2025_institui_no_ambito_do_municipio_de_costa_marques_a_agenda_transversal_para_criancas_e_adolescente.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/642/projeto_de_lei_no_068-2025_dispoe_sobre_a_instituicao_em_carater_expcional_para_o_exercicio_de_2025_.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/645/projeto_de_lei_no_069-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao_no_valor_de_r_1.485.00000.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/646/projeto_de_lei_no_070-2025_credito_adicional_especial_por_excesso_de_arrecadacao_no_valor_de_r_1.217.447.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/647/projeto_de_lei_no_071-2025_dispoe_sobre_revogacao_da_lei_824gab2019_bem_como_sobre_a_concessao_e_a_fixacao_do_valor_do_auxilio_alimentacao_devido_aos_vereadores.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/624/projeto_de_lei_no_073-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r150.000.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/625/projeto_de_lei_no_074-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r297.00000.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/627/projeto_de_lei_no_075-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r594.00000.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/629/prddec1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/631/projeto_de_lei_no_077-2025_institui_o_plano_carreiras_e_remuneracao__-pccr_dos_servidores_publicos_.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/634/projeto_de_lei_no_078-2025_dispoe_sobre_o_contratacao_de_medicos_por_meio_de_credenciamento_para_apreciacao_dessa_casa_legislativa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/638/projeto_de_lei_no_079-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r_1.01746400.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/641/projeto_de_lei_no_080-2025dispoe_sobre_a_abertura_de_credito_adicional_especial_por_excesso_de_arrecadacao._no_valor_de_r_330.00000.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/644/projeto_de_lei_no_081-2025_dispoe_sobre_a_alteracao_qualitativa_do_orcamento_vigente_atraves_da_transposicao_e__remanejamento_no_valor_860.00000.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/374/projet1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/469/projeto_de_lei_complementar_n_002-2025_iptu_premiado..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/470/projeto_de_lei_complementar_n_003-2025_altera_dispositivo_da_lei_complemtnar_no_86-02-2021.....pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/471/projet4.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/510/projeto_de_lei_complementar_n_005-2025_dispoe_sobre_a_reestruturacao_administrativa_e_organizacional_da_prefeitura_de_costa_marque.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/518/projeto_de_lei_complementar_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/534/projeto_de_lei_complementar_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/535/pr51341.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/539/projeto_de_lei_complementar_n_009-2025_instiutui_o_plano_de_cargos_carreiras_e_vencimentos_dos_servidores_da_camara_municipal_de.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/546/projeto_de_lei_complementar_n_010-2025_dispoe_sobre_a_autorizacao_para_criacao_de_quadras_no_6263_setor_03..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/562/prc5f91.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/571/projeto_de_lei_complementar_n_013-2025-_conselho_e_fundo_municipal_de_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/572/projeto_de_lei_complementar_n_014-2025_auxilio_alimentacao_dos_servidores_da_cm_ro.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/579/pr74bf1.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/587/pra1b91.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/604/pr6c0b1.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/611/projeto_de_lei_complementar_n_018-2025._altera_art._1o_da_lei_municipal_no_1.197_de_20_de_junho_de_2025_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/612/prb04a1.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/614/pra62f1.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/617/pr07c31.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/613/projeto_de_lei_complementar_n_022-2025._dispoe_sobre_o_novo_plano_de_ccargos_carreria_e_salario_dos_servidores_publicos_do_munici.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/621/prbf191.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao__no_04-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/385/indicacao__no_05-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/386/indicacao__no_06-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/387/indicacao__no_07-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/400/indicacao__no_08-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/401/indicacao__no_09-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/402/indicacao__no_10-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/403/indicacao__no_11-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/404/indicacao__no_11-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/405/indicacao__no_13-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/406/indicacao__no_14-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/417/indicacao_no_15-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/418/indicacao_no_16-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/419/indicacao_no_17-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/420/indicacao__no_18-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/422/indicacao_no_20-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/458/indicacao__no_32-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/465/indicacao__no_29-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/466/indicacao__no_30-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/467/indicacao__no_31-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/526/indicacao__no_34-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/476/indicacao__no_35-2025_silene_barreto.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/477/indicacao__no_36-2025_silene_barreto.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/482/indicacao__no_37-2025_igor_neves.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/483/indicacao__no_38-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/484/indicacao__no_39-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/486/indicacao__no_042-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/487/indicacao__no_043-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/488/indicacao__no_044-2025_igor_ferreira.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/489/indicacao__no_45-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/498/indicacao__no_46-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/499/indicacao__no_47-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/500/indicacao__no_048-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/505/indicacao__no_49-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/506/indicacao__no_50-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/507/indicacao__no_051-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/508/indicacao__no_052-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/549/indicacao__no_55-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/529/indicacao__no_56-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/543/indicacao__no_58-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/567/indicacao__no_62-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/576/indicacao__no_63-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/577/indicacao__no_64-2025_juliane.pd.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/582/indicacao__no_69-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/589/indicacao__no_66-2025_igor.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/590/indicacao__no_067-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/586/indicacao__no_68-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/578/indicacao__no_69-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/594/indicacao__no_070-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/595/indicacao__no_071-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/602/indicacao__no_072-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/603/indicacao__no_073-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/608/indicacao__no_074-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/609/indicacao__no_075-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/610/indicacao__no_076-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/623/indicacao___no_077-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/626/indicacao__no_078-2025_juliane.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/652/indicacao__no_79-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/653/indicacao__no_80-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/390/requerimento_no_07-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/407/requerimento__no_09-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/408/requerimento__no_10-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/409/requerimento__no_11-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/410/requerimento__no_12-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/411/requerimento__no_13-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/412/requerimento__no_14-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/413/requerimento__no_15-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/414/requerimento__no_16-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/415/requerimento__no_17-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/416/requerimento__no_18-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/423/requeirmento__no_019-2025_valdir.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/424/requeirmento__no_020-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/425/requeirmento__no_021-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/426/requeirmento__no_022-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/427/requerimento_no_023-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/459/requerimento__no32-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/460/requerimento__no_33-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/461/requerimento__no_34-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/462/requerimento__no_35-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/463/requerimento__no_36-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/464/requerimento__no_37-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/493/requerimento___no_043-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/494/requeirmento__no_044-2025_valmir.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/495/requeirmento__no_045-2025_paulino.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/496/requerimento__no_46-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/497/requerimento__no_47-2025_lucieia.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/501/requeirmento__no_048-2025_valmir.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/502/requerimento__no_49-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/503/requerimento__no_50-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/504/requerimento__no_51-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/522/requerimento___no_052-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/523/requerimento___no_053-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/524/requerimento___no_055-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/525/requerimento___no_056-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/536/requerimento___no_060-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/540/requerimento___no_061-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/541/requerimento___no_062-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/550/requerimento___no_063-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/551/requerimento___no_064-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/552/requerimento___no_065-2025_silene.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/560/requerimento___no_066-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/561/requerimento___no_067-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/569/requerimento___no_068-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/591/requerimento___no_70-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/592/requerimento___no_071-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/622/requerimento___no_073-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/632/requerimento___no_075-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/633/requerimento___no_076-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/635/requerimento___no_077-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/636/requerimento___no_78-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/637/requerimento___no_79-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/643/requerimento___no_080-2025_juliane.pdf.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/654/requerimento___no_081-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/655/requerimento___no_082-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/656/requerimento___no_083-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/657/requerimento___no_084-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/438/prestacao_de_contas_2022_autos_01039-23.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/439/prestacao_de_contas_2023_autos_01409-24.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/601/resolucao_legislativa_n._o_02-2025_abracam.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/650/resolucao_legislativa_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/391/mocao_aplauso_no_001-2025_lucineia.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/490/mocao_de_aplauso_003-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/491/mocao_de_aplauso_004-2025_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/509/mocao_de_aplauso_005-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/537/mocao_de_aplauso_006-2025_ana_cristina.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/547/mocao_de_aplauso_no_007-2024_autoria_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/548/mocao_de_aplauso_no_008-2024_autoria_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/570/mocao_de_aplauso_no_009-2024_autoria_juliane_duarte.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/545/projeto_de_emenda_a_lei_organica_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/516/resolucao_legislativa_01-2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/373/convocacao_01-2025_extra.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/575/veto_municipal_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/662/decreto_legisltivo_no_58-2025_decreto_469-2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/607/decreto_municipal_no_690-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/651/decreto_no_730-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/663/emenda_organica_no_009-2025_1.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.costamarques.ro.leg.br/media/sapl/public/materialegislativa/2025/649/projeto_de_lei_a_emenda_organica_no_010-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H194"/>
+  <dimension ref="A1:H292"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="56.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="67.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3362,4018 +4304,6566 @@
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
         <v>12</v>
       </c>
       <c r="F41" t="s">
         <v>18</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>169</v>
       </c>
       <c r="H41" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>171</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>10</v>
+        <v>172</v>
       </c>
       <c r="D42" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
+        <v>12</v>
+      </c>
+      <c r="F42" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>173</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>175</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>176</v>
       </c>
-      <c r="B43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>18</v>
       </c>
       <c r="G43" s="1" t="s">
         <v>177</v>
       </c>
       <c r="H43" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>179</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>22</v>
+        <v>180</v>
       </c>
       <c r="D44" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
         <v>18</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H44" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>26</v>
+        <v>184</v>
       </c>
       <c r="D45" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
         <v>18</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="H45" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>30</v>
+        <v>188</v>
       </c>
       <c r="D46" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F46" t="s">
         <v>18</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="H46" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="D47" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F47" t="s">
-        <v>18</v>
+        <v>193</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H47" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>38</v>
+        <v>197</v>
       </c>
       <c r="D48" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F48" t="s">
         <v>18</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="H48" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>42</v>
+        <v>201</v>
       </c>
       <c r="D49" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F49" t="s">
         <v>18</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="H49" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>46</v>
+        <v>205</v>
       </c>
       <c r="D50" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F50" t="s">
-        <v>117</v>
+        <v>18</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="H50" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>50</v>
+        <v>209</v>
       </c>
       <c r="D51" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F51" t="s">
         <v>18</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="H51" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>54</v>
+        <v>213</v>
       </c>
       <c r="D52" t="s">
-        <v>172</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>173</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="H52" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>10</v>
+        <v>217</v>
       </c>
       <c r="D53" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F53" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>104</v>
+        <v>218</v>
       </c>
       <c r="H53" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>211</v>
+        <v>220</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>17</v>
+        <v>221</v>
       </c>
       <c r="D54" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F54" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>104</v>
+        <v>222</v>
       </c>
       <c r="H54" t="s">
-        <v>212</v>
+        <v>223</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>22</v>
+        <v>225</v>
       </c>
       <c r="D55" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F55" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>104</v>
+        <v>226</v>
       </c>
       <c r="H55" t="s">
-        <v>214</v>
+        <v>227</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>215</v>
+        <v>228</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>26</v>
+        <v>229</v>
       </c>
       <c r="D56" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F56" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>216</v>
+        <v>230</v>
       </c>
       <c r="H56" t="s">
-        <v>217</v>
+        <v>231</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>218</v>
+        <v>232</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>30</v>
+        <v>233</v>
       </c>
       <c r="D57" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F57" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="H57" t="s">
-        <v>220</v>
+        <v>235</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>221</v>
+        <v>236</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>34</v>
+        <v>237</v>
       </c>
       <c r="D58" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F58" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H58" t="s">
-        <v>224</v>
+        <v>239</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>38</v>
+        <v>241</v>
       </c>
       <c r="D59" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>226</v>
+        <v>242</v>
       </c>
       <c r="H59" t="s">
-        <v>227</v>
+        <v>243</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>42</v>
+        <v>245</v>
       </c>
       <c r="D60" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="H60" t="s">
-        <v>230</v>
+        <v>247</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>231</v>
+        <v>248</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>46</v>
+        <v>249</v>
       </c>
       <c r="D61" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>233</v>
+        <v>250</v>
       </c>
       <c r="H61" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>235</v>
+        <v>252</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>50</v>
+        <v>253</v>
       </c>
       <c r="D62" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>236</v>
+        <v>254</v>
       </c>
       <c r="H62" t="s">
-        <v>237</v>
+        <v>255</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>238</v>
+        <v>256</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>54</v>
+        <v>257</v>
       </c>
       <c r="D63" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>239</v>
+        <v>258</v>
       </c>
       <c r="H63" t="s">
-        <v>240</v>
+        <v>259</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>241</v>
+        <v>260</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>58</v>
+        <v>261</v>
       </c>
       <c r="D64" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>242</v>
+        <v>262</v>
       </c>
       <c r="H64" t="s">
-        <v>243</v>
+        <v>263</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>244</v>
+        <v>264</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>62</v>
+        <v>265</v>
       </c>
       <c r="D65" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>245</v>
+        <v>266</v>
       </c>
       <c r="H65" t="s">
-        <v>246</v>
+        <v>267</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>247</v>
+        <v>268</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>66</v>
+        <v>269</v>
       </c>
       <c r="D66" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>248</v>
+        <v>104</v>
       </c>
       <c r="H66" t="s">
-        <v>249</v>
+        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>250</v>
+        <v>271</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>70</v>
+        <v>272</v>
       </c>
       <c r="D67" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>251</v>
+        <v>273</v>
       </c>
       <c r="H67" t="s">
-        <v>252</v>
+        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>74</v>
+        <v>276</v>
       </c>
       <c r="D68" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F68" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>254</v>
+        <v>277</v>
       </c>
       <c r="H68" t="s">
-        <v>255</v>
+        <v>278</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>256</v>
+        <v>279</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>78</v>
+        <v>280</v>
       </c>
       <c r="D69" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>232</v>
+        <v>117</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>257</v>
+        <v>281</v>
       </c>
       <c r="H69" t="s">
-        <v>258</v>
+        <v>282</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>259</v>
+        <v>283</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>82</v>
+        <v>284</v>
       </c>
       <c r="D70" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>260</v>
+        <v>285</v>
       </c>
       <c r="H70" t="s">
-        <v>261</v>
+        <v>286</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>262</v>
+        <v>287</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>86</v>
+        <v>288</v>
       </c>
       <c r="D71" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>104</v>
+        <v>289</v>
       </c>
       <c r="H71" t="s">
-        <v>263</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>264</v>
+        <v>291</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>90</v>
+        <v>292</v>
       </c>
       <c r="D72" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>265</v>
+        <v>293</v>
       </c>
       <c r="H72" t="s">
-        <v>266</v>
+        <v>294</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>267</v>
+        <v>295</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>95</v>
+        <v>296</v>
       </c>
       <c r="D73" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>104</v>
+        <v>297</v>
       </c>
       <c r="H73" t="s">
-        <v>268</v>
+        <v>298</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>269</v>
+        <v>299</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>99</v>
+        <v>300</v>
       </c>
       <c r="D74" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>104</v>
+        <v>301</v>
       </c>
       <c r="H74" t="s">
-        <v>270</v>
+        <v>302</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>271</v>
+        <v>303</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>103</v>
+        <v>304</v>
       </c>
       <c r="D75" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>104</v>
+        <v>305</v>
       </c>
       <c r="H75" t="s">
-        <v>272</v>
+        <v>306</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>273</v>
+        <v>307</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>107</v>
+        <v>308</v>
       </c>
       <c r="D76" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>104</v>
+        <v>309</v>
       </c>
       <c r="H76" t="s">
-        <v>274</v>
+        <v>310</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>275</v>
+        <v>311</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>110</v>
+        <v>312</v>
       </c>
       <c r="D77" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F77" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>104</v>
+        <v>313</v>
       </c>
       <c r="H77" t="s">
-        <v>276</v>
+        <v>314</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>277</v>
+        <v>315</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>113</v>
+        <v>316</v>
       </c>
       <c r="D78" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F78" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>104</v>
+        <v>317</v>
       </c>
       <c r="H78" t="s">
-        <v>278</v>
+        <v>318</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>279</v>
+        <v>319</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>116</v>
+        <v>320</v>
       </c>
       <c r="D79" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>104</v>
+        <v>321</v>
       </c>
       <c r="H79" t="s">
-        <v>280</v>
+        <v>322</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>281</v>
+        <v>323</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>120</v>
+        <v>324</v>
       </c>
       <c r="D80" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F80" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>282</v>
+        <v>325</v>
       </c>
       <c r="H80" t="s">
-        <v>283</v>
+        <v>326</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>284</v>
+        <v>327</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>124</v>
+        <v>328</v>
       </c>
       <c r="D81" t="s">
-        <v>207</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>208</v>
+        <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>285</v>
+        <v>329</v>
       </c>
       <c r="H81" t="s">
-        <v>286</v>
+        <v>330</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>287</v>
+        <v>331</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>128</v>
+        <v>10</v>
       </c>
       <c r="D82" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E82" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F82" t="s">
-        <v>209</v>
+        <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>288</v>
+        <v>334</v>
       </c>
       <c r="H82" t="s">
-        <v>289</v>
+        <v>335</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>290</v>
+        <v>336</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="D83" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E83" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F83" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>291</v>
+        <v>337</v>
       </c>
       <c r="H83" t="s">
-        <v>292</v>
+        <v>338</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>293</v>
+        <v>339</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>136</v>
+        <v>22</v>
       </c>
       <c r="D84" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E84" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F84" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>104</v>
+        <v>340</v>
       </c>
       <c r="H84" t="s">
-        <v>294</v>
+        <v>341</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>295</v>
+        <v>342</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="D85" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E85" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F85" t="s">
-        <v>296</v>
+        <v>18</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>104</v>
+        <v>343</v>
       </c>
       <c r="H85" t="s">
-        <v>297</v>
+        <v>344</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>298</v>
+        <v>345</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>144</v>
+        <v>30</v>
       </c>
       <c r="D86" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E86" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F86" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>299</v>
+        <v>346</v>
       </c>
       <c r="H86" t="s">
-        <v>300</v>
+        <v>347</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>301</v>
+        <v>348</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>148</v>
+        <v>34</v>
       </c>
       <c r="D87" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E87" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F87" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>302</v>
+        <v>349</v>
       </c>
       <c r="H87" t="s">
-        <v>303</v>
+        <v>350</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>304</v>
+        <v>351</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>152</v>
+        <v>38</v>
       </c>
       <c r="D88" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E88" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F88" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>305</v>
+        <v>352</v>
       </c>
       <c r="H88" t="s">
-        <v>306</v>
+        <v>353</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>307</v>
+        <v>354</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>156</v>
+        <v>42</v>
       </c>
       <c r="D89" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E89" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F89" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>308</v>
+        <v>355</v>
       </c>
       <c r="H89" t="s">
-        <v>309</v>
+        <v>356</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>310</v>
+        <v>357</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>160</v>
+        <v>46</v>
       </c>
       <c r="D90" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E90" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F90" t="s">
-        <v>209</v>
+        <v>117</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>311</v>
+        <v>358</v>
       </c>
       <c r="H90" t="s">
-        <v>312</v>
+        <v>359</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>313</v>
+        <v>360</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>164</v>
+        <v>50</v>
       </c>
       <c r="D91" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E91" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F91" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>314</v>
+        <v>361</v>
       </c>
       <c r="H91" t="s">
-        <v>315</v>
+        <v>362</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>316</v>
+        <v>363</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>317</v>
+        <v>54</v>
       </c>
       <c r="D92" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E92" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F92" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>318</v>
+        <v>364</v>
       </c>
       <c r="H92" t="s">
-        <v>319</v>
+        <v>365</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>320</v>
+        <v>366</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>321</v>
+        <v>58</v>
       </c>
       <c r="D93" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E93" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F93" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>322</v>
+        <v>104</v>
       </c>
       <c r="H93" t="s">
-        <v>323</v>
+        <v>367</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>324</v>
+        <v>368</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>325</v>
+        <v>62</v>
       </c>
       <c r="D94" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E94" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F94" t="s">
-        <v>222</v>
+        <v>18</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>326</v>
+        <v>369</v>
       </c>
       <c r="H94" t="s">
-        <v>327</v>
+        <v>370</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>328</v>
+        <v>371</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>329</v>
+        <v>66</v>
       </c>
       <c r="D95" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E95" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F95" t="s">
-        <v>209</v>
+        <v>117</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>330</v>
+        <v>372</v>
       </c>
       <c r="H95" t="s">
-        <v>331</v>
+        <v>373</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
+        <v>374</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>70</v>
+      </c>
+      <c r="D96" t="s">
         <v>332</v>
       </c>
-      <c r="B96" t="s">
-[...2 lines deleted...]
-      <c r="C96" t="s">
+      <c r="E96" t="s">
         <v>333</v>
       </c>
-      <c r="D96" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F96" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>334</v>
+        <v>375</v>
       </c>
       <c r="H96" t="s">
-        <v>335</v>
+        <v>376</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>336</v>
+        <v>377</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>337</v>
+        <v>74</v>
       </c>
       <c r="D97" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E97" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F97" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>338</v>
+        <v>378</v>
       </c>
       <c r="H97" t="s">
-        <v>339</v>
+        <v>379</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>340</v>
+        <v>380</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>341</v>
+        <v>78</v>
       </c>
       <c r="D98" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E98" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F98" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>342</v>
+        <v>381</v>
       </c>
       <c r="H98" t="s">
-        <v>343</v>
+        <v>382</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>344</v>
+        <v>383</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>345</v>
+        <v>82</v>
       </c>
       <c r="D99" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E99" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F99" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>346</v>
+        <v>384</v>
       </c>
       <c r="H99" t="s">
-        <v>347</v>
+        <v>385</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>348</v>
+        <v>386</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>349</v>
+        <v>86</v>
       </c>
       <c r="D100" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E100" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F100" t="s">
-        <v>232</v>
+        <v>18</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>350</v>
+        <v>387</v>
       </c>
       <c r="H100" t="s">
-        <v>351</v>
+        <v>388</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>352</v>
+        <v>389</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>353</v>
+        <v>90</v>
       </c>
       <c r="D101" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E101" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F101" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>354</v>
+        <v>390</v>
       </c>
       <c r="H101" t="s">
-        <v>355</v>
+        <v>391</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>356</v>
+        <v>392</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>357</v>
+        <v>95</v>
       </c>
       <c r="D102" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E102" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F102" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>358</v>
+        <v>393</v>
       </c>
       <c r="H102" t="s">
-        <v>359</v>
+        <v>394</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>360</v>
+        <v>395</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>361</v>
+        <v>99</v>
       </c>
       <c r="D103" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E103" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F103" t="s">
-        <v>209</v>
+        <v>18</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>104</v>
+        <v>396</v>
       </c>
       <c r="H103" t="s">
-        <v>362</v>
+        <v>397</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>363</v>
+        <v>398</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>364</v>
+        <v>103</v>
       </c>
       <c r="D104" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
       <c r="E104" t="s">
-        <v>208</v>
+        <v>333</v>
       </c>
       <c r="F104" t="s">
-        <v>365</v>
+        <v>18</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>104</v>
+        <v>399</v>
       </c>
       <c r="H104" t="s">
-        <v>366</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>367</v>
+        <v>401</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>368</v>
+        <v>10</v>
       </c>
       <c r="D105" t="s">
-        <v>207</v>
+        <v>402</v>
       </c>
       <c r="E105" t="s">
-        <v>208</v>
+        <v>403</v>
       </c>
       <c r="F105" t="s">
-        <v>209</v>
+        <v>404</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>369</v>
+        <v>104</v>
       </c>
       <c r="H105" t="s">
-        <v>370</v>
+        <v>405</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>371</v>
+        <v>406</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>372</v>
+        <v>17</v>
       </c>
       <c r="D106" t="s">
-        <v>207</v>
+        <v>402</v>
       </c>
       <c r="E106" t="s">
-        <v>208</v>
+        <v>403</v>
       </c>
       <c r="F106" t="s">
-        <v>232</v>
+        <v>404</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>373</v>
+        <v>104</v>
       </c>
       <c r="H106" t="s">
-        <v>374</v>
+        <v>407</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>375</v>
+        <v>408</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>376</v>
+        <v>22</v>
       </c>
       <c r="D107" t="s">
-        <v>207</v>
+        <v>402</v>
       </c>
       <c r="E107" t="s">
-        <v>208</v>
+        <v>403</v>
       </c>
       <c r="F107" t="s">
-        <v>232</v>
+        <v>404</v>
       </c>
       <c r="G107" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H107" t="s">
-        <v>377</v>
+        <v>409</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>378</v>
+        <v>410</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>379</v>
+        <v>26</v>
       </c>
       <c r="D108" t="s">
-        <v>207</v>
+        <v>402</v>
       </c>
       <c r="E108" t="s">
-        <v>208</v>
+        <v>403</v>
       </c>
       <c r="F108" t="s">
-        <v>18</v>
+        <v>404</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>380</v>
+        <v>411</v>
       </c>
       <c r="H108" t="s">
-        <v>381</v>
+        <v>412</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>382</v>
+        <v>413</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>383</v>
+        <v>30</v>
       </c>
       <c r="D109" t="s">
-        <v>207</v>
+        <v>402</v>
       </c>
       <c r="E109" t="s">
-        <v>208</v>
+        <v>403</v>
       </c>
       <c r="F109" t="s">
-        <v>232</v>
+        <v>404</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>104</v>
+        <v>414</v>
       </c>
       <c r="H109" t="s">
-        <v>384</v>
+        <v>415</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>385</v>
+        <v>416</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>386</v>
+        <v>34</v>
       </c>
       <c r="D110" t="s">
-        <v>207</v>
+        <v>402</v>
       </c>
       <c r="E110" t="s">
-        <v>208</v>
+        <v>403</v>
       </c>
       <c r="F110" t="s">
-        <v>232</v>
+        <v>417</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>104</v>
+        <v>418</v>
       </c>
       <c r="H110" t="s">
-        <v>387</v>
+        <v>419</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>388</v>
+        <v>420</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>389</v>
+        <v>38</v>
       </c>
       <c r="D111" t="s">
-        <v>207</v>
+        <v>402</v>
       </c>
       <c r="E111" t="s">
-        <v>208</v>
+        <v>403</v>
       </c>
       <c r="F111" t="s">
-        <v>209</v>
+        <v>417</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>104</v>
+        <v>421</v>
       </c>
       <c r="H111" t="s">
-        <v>390</v>
+        <v>422</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>391</v>
+        <v>423</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D112" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E112" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F112" t="s">
-        <v>222</v>
+        <v>91</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>104</v>
+        <v>424</v>
       </c>
       <c r="H112" t="s">
-        <v>394</v>
+        <v>425</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>395</v>
+        <v>426</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="D113" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E113" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F113" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>104</v>
+        <v>428</v>
       </c>
       <c r="H113" t="s">
-        <v>397</v>
+        <v>429</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>398</v>
+        <v>430</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="D114" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E114" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F114" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>104</v>
+        <v>431</v>
       </c>
       <c r="H114" t="s">
-        <v>399</v>
+        <v>432</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>400</v>
+        <v>433</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="D115" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E115" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F115" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>104</v>
+        <v>434</v>
       </c>
       <c r="H115" t="s">
-        <v>401</v>
+        <v>435</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
+        <v>436</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>58</v>
+      </c>
+      <c r="D116" t="s">
         <v>402</v>
       </c>
-      <c r="B116" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E116" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F116" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>104</v>
+        <v>437</v>
       </c>
       <c r="H116" t="s">
-        <v>403</v>
+        <v>438</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>404</v>
+        <v>439</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>34</v>
+        <v>62</v>
       </c>
       <c r="D117" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E117" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F117" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>104</v>
+        <v>440</v>
       </c>
       <c r="H117" t="s">
-        <v>405</v>
+        <v>441</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>406</v>
+        <v>442</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="D118" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E118" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F118" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>104</v>
+        <v>443</v>
       </c>
       <c r="H118" t="s">
-        <v>407</v>
+        <v>444</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>408</v>
+        <v>445</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="D119" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E119" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F119" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>409</v>
+        <v>446</v>
       </c>
       <c r="H119" t="s">
-        <v>410</v>
+        <v>447</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>411</v>
+        <v>448</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>46</v>
+        <v>74</v>
       </c>
       <c r="D120" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E120" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F120" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>412</v>
+        <v>449</v>
       </c>
       <c r="H120" t="s">
-        <v>413</v>
+        <v>450</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>414</v>
+        <v>451</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>50</v>
+        <v>78</v>
       </c>
       <c r="D121" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E121" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F121" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>416</v>
+        <v>452</v>
       </c>
       <c r="H121" t="s">
-        <v>417</v>
+        <v>453</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>418</v>
+        <v>454</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>54</v>
+        <v>82</v>
       </c>
       <c r="D122" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E122" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F122" t="s">
-        <v>415</v>
+        <v>404</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>419</v>
+        <v>455</v>
       </c>
       <c r="H122" t="s">
-        <v>420</v>
+        <v>456</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>421</v>
+        <v>457</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>58</v>
+        <v>86</v>
       </c>
       <c r="D123" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E123" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F123" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>422</v>
+        <v>104</v>
       </c>
       <c r="H123" t="s">
-        <v>423</v>
+        <v>458</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>424</v>
+        <v>459</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="D124" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E124" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F124" t="s">
-        <v>91</v>
+        <v>417</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>425</v>
+        <v>460</v>
       </c>
       <c r="H124" t="s">
-        <v>426</v>
+        <v>461</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>427</v>
+        <v>462</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>66</v>
+        <v>95</v>
       </c>
       <c r="D125" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E125" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F125" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>428</v>
+        <v>104</v>
       </c>
       <c r="H125" t="s">
-        <v>429</v>
+        <v>463</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>430</v>
+        <v>464</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>70</v>
+        <v>99</v>
       </c>
       <c r="D126" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E126" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F126" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>431</v>
+        <v>104</v>
       </c>
       <c r="H126" t="s">
-        <v>432</v>
+        <v>465</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>433</v>
+        <v>466</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="D127" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E127" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F127" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>434</v>
+        <v>104</v>
       </c>
       <c r="H127" t="s">
-        <v>435</v>
+        <v>467</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>436</v>
+        <v>468</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="D128" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E128" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F128" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>437</v>
+        <v>104</v>
       </c>
       <c r="H128" t="s">
-        <v>438</v>
+        <v>469</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>439</v>
+        <v>470</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>82</v>
+        <v>110</v>
       </c>
       <c r="D129" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E129" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F129" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>440</v>
+        <v>104</v>
       </c>
       <c r="H129" t="s">
-        <v>441</v>
+        <v>471</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>442</v>
+        <v>472</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="D130" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E130" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F130" t="s">
-        <v>296</v>
+        <v>427</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>443</v>
+        <v>104</v>
       </c>
       <c r="H130" t="s">
-        <v>444</v>
+        <v>473</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>445</v>
+        <v>474</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>90</v>
+        <v>116</v>
       </c>
       <c r="D131" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E131" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F131" t="s">
-        <v>415</v>
+        <v>404</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>446</v>
+        <v>104</v>
       </c>
       <c r="H131" t="s">
-        <v>447</v>
+        <v>475</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>448</v>
+        <v>476</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="D132" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E132" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F132" t="s">
-        <v>415</v>
+        <v>404</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>449</v>
+        <v>477</v>
       </c>
       <c r="H132" t="s">
-        <v>450</v>
+        <v>478</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>451</v>
+        <v>479</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>99</v>
+        <v>124</v>
       </c>
       <c r="D133" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E133" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F133" t="s">
-        <v>415</v>
+        <v>427</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>452</v>
+        <v>480</v>
       </c>
       <c r="H133" t="s">
-        <v>453</v>
+        <v>481</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>454</v>
+        <v>482</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="D134" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E134" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F134" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>455</v>
+        <v>483</v>
       </c>
       <c r="H134" t="s">
-        <v>456</v>
+        <v>484</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>457</v>
+        <v>485</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>107</v>
+        <v>132</v>
       </c>
       <c r="D135" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E135" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F135" t="s">
-        <v>365</v>
+        <v>427</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>104</v>
+        <v>486</v>
       </c>
       <c r="H135" t="s">
-        <v>458</v>
+        <v>487</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>459</v>
+        <v>488</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>110</v>
+        <v>136</v>
       </c>
       <c r="D136" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E136" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F136" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H136" t="s">
-        <v>460</v>
+        <v>489</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>461</v>
+        <v>490</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
       <c r="D137" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E137" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F137" t="s">
-        <v>91</v>
+        <v>491</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H137" t="s">
-        <v>462</v>
+        <v>492</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>463</v>
+        <v>493</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>116</v>
+        <v>144</v>
       </c>
       <c r="D138" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E138" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F138" t="s">
-        <v>91</v>
+        <v>417</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>104</v>
+        <v>494</v>
       </c>
       <c r="H138" t="s">
-        <v>464</v>
+        <v>495</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>465</v>
+        <v>496</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>120</v>
+        <v>148</v>
       </c>
       <c r="D139" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E139" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F139" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>104</v>
+        <v>497</v>
       </c>
       <c r="H139" t="s">
-        <v>466</v>
+        <v>498</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>467</v>
+        <v>499</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>124</v>
+        <v>152</v>
       </c>
       <c r="D140" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E140" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F140" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>104</v>
+        <v>500</v>
       </c>
       <c r="H140" t="s">
-        <v>468</v>
+        <v>501</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>469</v>
+        <v>502</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>128</v>
+        <v>156</v>
       </c>
       <c r="D141" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E141" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F141" t="s">
-        <v>91</v>
+        <v>417</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>104</v>
+        <v>503</v>
       </c>
       <c r="H141" t="s">
-        <v>470</v>
+        <v>504</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>471</v>
+        <v>505</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>132</v>
+        <v>160</v>
       </c>
       <c r="D142" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E142" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F142" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>104</v>
+        <v>506</v>
       </c>
       <c r="H142" t="s">
-        <v>472</v>
+        <v>507</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>136</v>
+        <v>164</v>
       </c>
       <c r="D143" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E143" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F143" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>474</v>
+        <v>509</v>
       </c>
       <c r="H143" t="s">
-        <v>475</v>
+        <v>510</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>476</v>
+        <v>511</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>140</v>
+        <v>176</v>
       </c>
       <c r="D144" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E144" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F144" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>477</v>
+        <v>512</v>
       </c>
       <c r="H144" t="s">
-        <v>478</v>
+        <v>513</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>479</v>
+        <v>514</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>144</v>
+        <v>180</v>
       </c>
       <c r="D145" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E145" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F145" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>480</v>
+        <v>515</v>
       </c>
       <c r="H145" t="s">
-        <v>481</v>
+        <v>516</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>482</v>
+        <v>517</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>148</v>
+        <v>184</v>
       </c>
       <c r="D146" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E146" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F146" t="s">
-        <v>91</v>
+        <v>417</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>483</v>
+        <v>518</v>
       </c>
       <c r="H146" t="s">
-        <v>484</v>
+        <v>519</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>485</v>
+        <v>520</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>152</v>
+        <v>188</v>
       </c>
       <c r="D147" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E147" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F147" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>486</v>
+        <v>521</v>
       </c>
       <c r="H147" t="s">
-        <v>487</v>
+        <v>522</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>488</v>
+        <v>523</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>156</v>
+        <v>192</v>
       </c>
       <c r="D148" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E148" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F148" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>489</v>
+        <v>524</v>
       </c>
       <c r="H148" t="s">
-        <v>490</v>
+        <v>525</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>491</v>
+        <v>526</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>160</v>
+        <v>197</v>
       </c>
       <c r="D149" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E149" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F149" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>104</v>
+        <v>527</v>
       </c>
       <c r="H149" t="s">
-        <v>492</v>
+        <v>528</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>493</v>
+        <v>529</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>164</v>
+        <v>201</v>
       </c>
       <c r="D150" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E150" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F150" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>104</v>
+        <v>530</v>
       </c>
       <c r="H150" t="s">
-        <v>494</v>
+        <v>531</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>495</v>
+        <v>532</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>168</v>
+        <v>205</v>
       </c>
       <c r="D151" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E151" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F151" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>104</v>
+        <v>533</v>
       </c>
       <c r="H151" t="s">
-        <v>496</v>
+        <v>534</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>497</v>
+        <v>535</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>498</v>
+        <v>209</v>
       </c>
       <c r="D152" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E152" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F152" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>104</v>
+        <v>536</v>
       </c>
       <c r="H152" t="s">
-        <v>499</v>
+        <v>537</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>500</v>
+        <v>538</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>317</v>
+        <v>213</v>
       </c>
       <c r="D153" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E153" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F153" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>104</v>
+        <v>539</v>
       </c>
       <c r="H153" t="s">
-        <v>501</v>
+        <v>540</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>502</v>
+        <v>541</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>321</v>
+        <v>217</v>
       </c>
       <c r="D154" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E154" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F154" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>503</v>
+        <v>542</v>
       </c>
       <c r="H154" t="s">
-        <v>504</v>
+        <v>543</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>505</v>
+        <v>544</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>325</v>
+        <v>221</v>
       </c>
       <c r="D155" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E155" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F155" t="s">
-        <v>365</v>
+        <v>404</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>506</v>
+        <v>104</v>
       </c>
       <c r="H155" t="s">
-        <v>507</v>
+        <v>545</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>508</v>
+        <v>546</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>329</v>
+        <v>225</v>
       </c>
       <c r="D156" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E156" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F156" t="s">
-        <v>415</v>
+        <v>547</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>509</v>
+        <v>104</v>
       </c>
       <c r="H156" t="s">
-        <v>510</v>
+        <v>548</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>511</v>
+        <v>549</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>333</v>
+        <v>229</v>
       </c>
       <c r="D157" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E157" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F157" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>512</v>
+        <v>550</v>
       </c>
       <c r="H157" t="s">
-        <v>513</v>
+        <v>551</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>514</v>
+        <v>552</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>337</v>
+        <v>233</v>
       </c>
       <c r="D158" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E158" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F158" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>515</v>
+        <v>553</v>
       </c>
       <c r="H158" t="s">
-        <v>516</v>
+        <v>554</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>517</v>
+        <v>555</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>341</v>
+        <v>237</v>
       </c>
       <c r="D159" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E159" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F159" t="s">
-        <v>365</v>
+        <v>427</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>518</v>
+        <v>104</v>
       </c>
       <c r="H159" t="s">
-        <v>519</v>
+        <v>556</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>520</v>
+        <v>557</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>345</v>
+        <v>241</v>
       </c>
       <c r="D160" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E160" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F160" t="s">
-        <v>91</v>
+        <v>18</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>521</v>
+        <v>558</v>
       </c>
       <c r="H160" t="s">
-        <v>522</v>
+        <v>559</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>523</v>
+        <v>560</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>349</v>
+        <v>245</v>
       </c>
       <c r="D161" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E161" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F161" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>524</v>
+        <v>104</v>
       </c>
       <c r="H161" t="s">
-        <v>525</v>
+        <v>561</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>526</v>
+        <v>562</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>353</v>
+        <v>249</v>
       </c>
       <c r="D162" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E162" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F162" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>527</v>
+        <v>104</v>
       </c>
       <c r="H162" t="s">
-        <v>528</v>
+        <v>563</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>529</v>
+        <v>564</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>357</v>
+        <v>253</v>
       </c>
       <c r="D163" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E163" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F163" t="s">
-        <v>232</v>
+        <v>404</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>530</v>
+        <v>104</v>
       </c>
       <c r="H163" t="s">
-        <v>531</v>
+        <v>565</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>532</v>
+        <v>566</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>361</v>
+        <v>257</v>
       </c>
       <c r="D164" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E164" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F164" t="s">
-        <v>232</v>
+        <v>427</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>533</v>
+        <v>567</v>
       </c>
       <c r="H164" t="s">
-        <v>534</v>
+        <v>568</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>535</v>
+        <v>569</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>368</v>
+        <v>261</v>
       </c>
       <c r="D165" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E165" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F165" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>536</v>
+        <v>570</v>
       </c>
       <c r="H165" t="s">
-        <v>537</v>
+        <v>571</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>538</v>
+        <v>572</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>372</v>
+        <v>265</v>
       </c>
       <c r="D166" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E166" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F166" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>539</v>
+        <v>573</v>
       </c>
       <c r="H166" t="s">
-        <v>540</v>
+        <v>574</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>541</v>
+        <v>575</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>376</v>
+        <v>269</v>
       </c>
       <c r="D167" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E167" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F167" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>104</v>
+        <v>576</v>
       </c>
       <c r="H167" t="s">
-        <v>542</v>
+        <v>577</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>543</v>
+        <v>578</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>379</v>
+        <v>272</v>
       </c>
       <c r="D168" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E168" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F168" t="s">
-        <v>91</v>
+        <v>417</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>104</v>
+        <v>579</v>
       </c>
       <c r="H168" t="s">
-        <v>544</v>
+        <v>580</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>545</v>
+        <v>581</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>383</v>
+        <v>276</v>
       </c>
       <c r="D169" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E169" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F169" t="s">
-        <v>232</v>
+        <v>404</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>104</v>
+        <v>582</v>
       </c>
       <c r="H169" t="s">
-        <v>546</v>
+        <v>583</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>547</v>
+        <v>584</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>386</v>
+        <v>280</v>
       </c>
       <c r="D170" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E170" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F170" t="s">
-        <v>91</v>
+        <v>427</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>548</v>
+        <v>585</v>
       </c>
       <c r="H170" t="s">
-        <v>549</v>
+        <v>586</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>550</v>
+        <v>587</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>389</v>
+        <v>284</v>
       </c>
       <c r="D171" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E171" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F171" t="s">
-        <v>18</v>
+        <v>427</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>551</v>
+        <v>588</v>
       </c>
       <c r="H171" t="s">
-        <v>552</v>
+        <v>589</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>553</v>
+        <v>590</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>554</v>
+        <v>288</v>
       </c>
       <c r="D172" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E172" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F172" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>555</v>
+        <v>591</v>
       </c>
       <c r="H172" t="s">
-        <v>556</v>
+        <v>592</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>557</v>
+        <v>593</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>558</v>
+        <v>292</v>
       </c>
       <c r="D173" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E173" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F173" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>559</v>
+        <v>594</v>
       </c>
       <c r="H173" t="s">
-        <v>560</v>
+        <v>595</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>561</v>
+        <v>596</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>562</v>
+        <v>597</v>
       </c>
       <c r="D174" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E174" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F174" t="s">
-        <v>232</v>
+        <v>427</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>563</v>
+        <v>598</v>
       </c>
       <c r="H174" t="s">
-        <v>564</v>
+        <v>599</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>565</v>
+        <v>600</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>566</v>
+        <v>296</v>
       </c>
       <c r="D175" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E175" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F175" t="s">
-        <v>232</v>
+        <v>427</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>567</v>
+        <v>601</v>
       </c>
       <c r="H175" t="s">
-        <v>568</v>
+        <v>602</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>569</v>
+        <v>603</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>570</v>
+        <v>300</v>
       </c>
       <c r="D176" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E176" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F176" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>571</v>
+        <v>604</v>
       </c>
       <c r="H176" t="s">
-        <v>572</v>
+        <v>605</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>573</v>
+        <v>606</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>574</v>
+        <v>304</v>
       </c>
       <c r="D177" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E177" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="F177" t="s">
-        <v>91</v>
+        <v>404</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>575</v>
+        <v>607</v>
       </c>
       <c r="H177" t="s">
-        <v>576</v>
+        <v>608</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>577</v>
+        <v>609</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>10</v>
+        <v>308</v>
       </c>
       <c r="D178" t="s">
-        <v>578</v>
+        <v>402</v>
       </c>
       <c r="E178" t="s">
-        <v>579</v>
+        <v>403</v>
       </c>
       <c r="F178" t="s">
-        <v>13</v>
+        <v>427</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>580</v>
+        <v>610</v>
       </c>
       <c r="H178" t="s">
-        <v>581</v>
+        <v>611</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>582</v>
+        <v>612</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>17</v>
+        <v>312</v>
       </c>
       <c r="D179" t="s">
-        <v>578</v>
+        <v>402</v>
       </c>
       <c r="E179" t="s">
-        <v>579</v>
+        <v>403</v>
       </c>
       <c r="F179" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>583</v>
+        <v>613</v>
       </c>
       <c r="H179" t="s">
-        <v>584</v>
+        <v>614</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>585</v>
+        <v>615</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>22</v>
+        <v>316</v>
       </c>
       <c r="D180" t="s">
-        <v>578</v>
+        <v>402</v>
       </c>
       <c r="E180" t="s">
-        <v>579</v>
+        <v>403</v>
       </c>
       <c r="F180" t="s">
-        <v>117</v>
+        <v>404</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>104</v>
+        <v>616</v>
       </c>
       <c r="H180" t="s">
-        <v>586</v>
+        <v>617</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>587</v>
+        <v>618</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>10</v>
+        <v>320</v>
       </c>
       <c r="D181" t="s">
-        <v>588</v>
+        <v>402</v>
       </c>
       <c r="E181" t="s">
-        <v>589</v>
+        <v>403</v>
       </c>
       <c r="F181" t="s">
-        <v>117</v>
+        <v>427</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>104</v>
+        <v>619</v>
       </c>
       <c r="H181" t="s">
-        <v>590</v>
+        <v>620</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>591</v>
+        <v>621</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>10</v>
+        <v>324</v>
       </c>
       <c r="D182" t="s">
-        <v>592</v>
+        <v>402</v>
       </c>
       <c r="E182" t="s">
-        <v>593</v>
+        <v>403</v>
       </c>
       <c r="F182" t="s">
-        <v>396</v>
+        <v>427</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>594</v>
+        <v>622</v>
       </c>
       <c r="H182" t="s">
-        <v>595</v>
+        <v>623</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>596</v>
+        <v>624</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D183" t="s">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="E183" t="s">
-        <v>593</v>
+        <v>626</v>
       </c>
       <c r="F183" t="s">
-        <v>222</v>
+        <v>417</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H183" t="s">
-        <v>597</v>
+        <v>627</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>598</v>
+        <v>628</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D184" t="s">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="E184" t="s">
-        <v>593</v>
+        <v>626</v>
       </c>
       <c r="F184" t="s">
-        <v>209</v>
+        <v>629</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>599</v>
+        <v>104</v>
       </c>
       <c r="H184" t="s">
-        <v>600</v>
+        <v>630</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>601</v>
+        <v>631</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D185" t="s">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="E185" t="s">
-        <v>593</v>
+        <v>626</v>
       </c>
       <c r="F185" t="s">
-        <v>209</v>
+        <v>629</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>602</v>
+        <v>104</v>
       </c>
       <c r="H185" t="s">
-        <v>603</v>
+        <v>632</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>604</v>
+        <v>633</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D186" t="s">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="E186" t="s">
-        <v>593</v>
+        <v>626</v>
       </c>
       <c r="F186" t="s">
-        <v>91</v>
+        <v>629</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>605</v>
+        <v>104</v>
       </c>
       <c r="H186" t="s">
-        <v>606</v>
+        <v>634</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>607</v>
+        <v>635</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D187" t="s">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="E187" t="s">
-        <v>593</v>
+        <v>626</v>
       </c>
       <c r="F187" t="s">
-        <v>91</v>
+        <v>629</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>608</v>
+        <v>104</v>
       </c>
       <c r="H187" t="s">
-        <v>609</v>
+        <v>636</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>610</v>
+        <v>637</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D188" t="s">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="E188" t="s">
-        <v>593</v>
+        <v>626</v>
       </c>
       <c r="F188" t="s">
-        <v>209</v>
+        <v>91</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>611</v>
+        <v>104</v>
       </c>
       <c r="H188" t="s">
-        <v>612</v>
+        <v>638</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>613</v>
+        <v>639</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D189" t="s">
-        <v>592</v>
+        <v>625</v>
       </c>
       <c r="E189" t="s">
-        <v>593</v>
+        <v>626</v>
       </c>
       <c r="F189" t="s">
-        <v>209</v>
+        <v>629</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>614</v>
+        <v>104</v>
       </c>
       <c r="H189" t="s">
-        <v>615</v>
+        <v>640</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>616</v>
+        <v>641</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D190" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="E190" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="F190" t="s">
-        <v>18</v>
+        <v>629</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>104</v>
+        <v>642</v>
       </c>
       <c r="H190" t="s">
-        <v>619</v>
+        <v>643</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>620</v>
+        <v>644</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>17</v>
+        <v>46</v>
       </c>
       <c r="D191" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="E191" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="F191" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>104</v>
+        <v>645</v>
       </c>
       <c r="H191" t="s">
-        <v>621</v>
+        <v>646</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>622</v>
+        <v>647</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D192" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="E192" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="F192" t="s">
-        <v>117</v>
+        <v>648</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>625</v>
+        <v>649</v>
       </c>
       <c r="H192" t="s">
-        <v>626</v>
+        <v>650</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>627</v>
+        <v>651</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="D193" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="E193" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="F193" t="s">
-        <v>117</v>
+        <v>648</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>630</v>
+        <v>652</v>
       </c>
       <c r="H193" t="s">
-        <v>631</v>
+        <v>653</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>632</v>
+        <v>654</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
+        <v>58</v>
+      </c>
+      <c r="D194" t="s">
+        <v>625</v>
+      </c>
+      <c r="E194" t="s">
+        <v>626</v>
+      </c>
+      <c r="F194" t="s">
+        <v>91</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H194" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>657</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>62</v>
+      </c>
+      <c r="D195" t="s">
+        <v>625</v>
+      </c>
+      <c r="E195" t="s">
+        <v>626</v>
+      </c>
+      <c r="F195" t="s">
+        <v>91</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H195" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>660</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>66</v>
+      </c>
+      <c r="D196" t="s">
+        <v>625</v>
+      </c>
+      <c r="E196" t="s">
+        <v>626</v>
+      </c>
+      <c r="F196" t="s">
+        <v>91</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H196" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>663</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>70</v>
+      </c>
+      <c r="D197" t="s">
+        <v>625</v>
+      </c>
+      <c r="E197" t="s">
+        <v>626</v>
+      </c>
+      <c r="F197" t="s">
+        <v>91</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H197" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>666</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>74</v>
+      </c>
+      <c r="D198" t="s">
+        <v>625</v>
+      </c>
+      <c r="E198" t="s">
+        <v>626</v>
+      </c>
+      <c r="F198" t="s">
+        <v>648</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H198" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>669</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>78</v>
+      </c>
+      <c r="D199" t="s">
+        <v>625</v>
+      </c>
+      <c r="E199" t="s">
+        <v>626</v>
+      </c>
+      <c r="F199" t="s">
+        <v>648</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H199" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>672</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>82</v>
+      </c>
+      <c r="D200" t="s">
+        <v>625</v>
+      </c>
+      <c r="E200" t="s">
+        <v>626</v>
+      </c>
+      <c r="F200" t="s">
+        <v>91</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H200" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>675</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>86</v>
+      </c>
+      <c r="D201" t="s">
+        <v>625</v>
+      </c>
+      <c r="E201" t="s">
+        <v>626</v>
+      </c>
+      <c r="F201" t="s">
+        <v>491</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H201" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>678</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>90</v>
+      </c>
+      <c r="D202" t="s">
+        <v>625</v>
+      </c>
+      <c r="E202" t="s">
+        <v>626</v>
+      </c>
+      <c r="F202" t="s">
+        <v>648</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H202" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>681</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>95</v>
+      </c>
+      <c r="D203" t="s">
+        <v>625</v>
+      </c>
+      <c r="E203" t="s">
+        <v>626</v>
+      </c>
+      <c r="F203" t="s">
+        <v>648</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H203" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>684</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>99</v>
+      </c>
+      <c r="D204" t="s">
+        <v>625</v>
+      </c>
+      <c r="E204" t="s">
+        <v>626</v>
+      </c>
+      <c r="F204" t="s">
+        <v>648</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H204" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>687</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>103</v>
+      </c>
+      <c r="D205" t="s">
+        <v>625</v>
+      </c>
+      <c r="E205" t="s">
+        <v>626</v>
+      </c>
+      <c r="F205" t="s">
+        <v>91</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="H205" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>690</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>107</v>
+      </c>
+      <c r="D206" t="s">
+        <v>625</v>
+      </c>
+      <c r="E206" t="s">
+        <v>626</v>
+      </c>
+      <c r="F206" t="s">
+        <v>547</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H206" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>692</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>110</v>
+      </c>
+      <c r="D207" t="s">
+        <v>625</v>
+      </c>
+      <c r="E207" t="s">
+        <v>626</v>
+      </c>
+      <c r="F207" t="s">
+        <v>91</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H207" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>694</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>113</v>
+      </c>
+      <c r="D208" t="s">
+        <v>625</v>
+      </c>
+      <c r="E208" t="s">
+        <v>626</v>
+      </c>
+      <c r="F208" t="s">
+        <v>91</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H208" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>696</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>116</v>
+      </c>
+      <c r="D209" t="s">
+        <v>625</v>
+      </c>
+      <c r="E209" t="s">
+        <v>626</v>
+      </c>
+      <c r="F209" t="s">
+        <v>91</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H209" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>698</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>120</v>
+      </c>
+      <c r="D210" t="s">
+        <v>625</v>
+      </c>
+      <c r="E210" t="s">
+        <v>626</v>
+      </c>
+      <c r="F210" t="s">
+        <v>91</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H210" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>700</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>124</v>
+      </c>
+      <c r="D211" t="s">
+        <v>625</v>
+      </c>
+      <c r="E211" t="s">
+        <v>626</v>
+      </c>
+      <c r="F211" t="s">
+        <v>91</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H211" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>702</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>128</v>
+      </c>
+      <c r="D212" t="s">
+        <v>625</v>
+      </c>
+      <c r="E212" t="s">
+        <v>626</v>
+      </c>
+      <c r="F212" t="s">
+        <v>91</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H212" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>704</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>132</v>
+      </c>
+      <c r="D213" t="s">
+        <v>625</v>
+      </c>
+      <c r="E213" t="s">
+        <v>626</v>
+      </c>
+      <c r="F213" t="s">
+        <v>91</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H213" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>706</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>136</v>
+      </c>
+      <c r="D214" t="s">
+        <v>625</v>
+      </c>
+      <c r="E214" t="s">
+        <v>626</v>
+      </c>
+      <c r="F214" t="s">
+        <v>91</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="H214" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>709</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>140</v>
+      </c>
+      <c r="D215" t="s">
+        <v>625</v>
+      </c>
+      <c r="E215" t="s">
+        <v>626</v>
+      </c>
+      <c r="F215" t="s">
+        <v>91</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>710</v>
+      </c>
+      <c r="H215" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>712</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>144</v>
+      </c>
+      <c r="D216" t="s">
+        <v>625</v>
+      </c>
+      <c r="E216" t="s">
+        <v>626</v>
+      </c>
+      <c r="F216" t="s">
+        <v>91</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H216" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>715</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>148</v>
+      </c>
+      <c r="D217" t="s">
+        <v>625</v>
+      </c>
+      <c r="E217" t="s">
+        <v>626</v>
+      </c>
+      <c r="F217" t="s">
+        <v>91</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="H217" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>718</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>152</v>
+      </c>
+      <c r="D218" t="s">
+        <v>625</v>
+      </c>
+      <c r="E218" t="s">
+        <v>626</v>
+      </c>
+      <c r="F218" t="s">
+        <v>91</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="H218" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>721</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>156</v>
+      </c>
+      <c r="D219" t="s">
+        <v>625</v>
+      </c>
+      <c r="E219" t="s">
+        <v>626</v>
+      </c>
+      <c r="F219" t="s">
+        <v>629</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="H219" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>724</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>160</v>
+      </c>
+      <c r="D220" t="s">
+        <v>625</v>
+      </c>
+      <c r="E220" t="s">
+        <v>626</v>
+      </c>
+      <c r="F220" t="s">
+        <v>91</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H220" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>726</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>164</v>
+      </c>
+      <c r="D221" t="s">
+        <v>625</v>
+      </c>
+      <c r="E221" t="s">
+        <v>626</v>
+      </c>
+      <c r="F221" t="s">
+        <v>91</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H221" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>728</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>168</v>
+      </c>
+      <c r="D222" t="s">
+        <v>625</v>
+      </c>
+      <c r="E222" t="s">
+        <v>626</v>
+      </c>
+      <c r="F222" t="s">
+        <v>91</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H222" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>730</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>172</v>
+      </c>
+      <c r="D223" t="s">
+        <v>625</v>
+      </c>
+      <c r="E223" t="s">
+        <v>626</v>
+      </c>
+      <c r="F223" t="s">
+        <v>91</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H223" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>732</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>176</v>
+      </c>
+      <c r="D224" t="s">
+        <v>625</v>
+      </c>
+      <c r="E224" t="s">
+        <v>626</v>
+      </c>
+      <c r="F224" t="s">
+        <v>91</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H224" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>734</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>180</v>
+      </c>
+      <c r="D225" t="s">
+        <v>625</v>
+      </c>
+      <c r="E225" t="s">
+        <v>626</v>
+      </c>
+      <c r="F225" t="s">
+        <v>91</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H225" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>737</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>184</v>
+      </c>
+      <c r="D226" t="s">
+        <v>625</v>
+      </c>
+      <c r="E226" t="s">
+        <v>626</v>
+      </c>
+      <c r="F226" t="s">
+        <v>547</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>738</v>
+      </c>
+      <c r="H226" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>740</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>188</v>
+      </c>
+      <c r="D227" t="s">
+        <v>625</v>
+      </c>
+      <c r="E227" t="s">
+        <v>626</v>
+      </c>
+      <c r="F227" t="s">
+        <v>648</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H227" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>743</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>192</v>
+      </c>
+      <c r="D228" t="s">
+        <v>625</v>
+      </c>
+      <c r="E228" t="s">
+        <v>626</v>
+      </c>
+      <c r="F228" t="s">
+        <v>629</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="H228" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>746</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>197</v>
+      </c>
+      <c r="D229" t="s">
+        <v>625</v>
+      </c>
+      <c r="E229" t="s">
+        <v>626</v>
+      </c>
+      <c r="F229" t="s">
+        <v>629</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H229" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>749</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>201</v>
+      </c>
+      <c r="D230" t="s">
+        <v>625</v>
+      </c>
+      <c r="E230" t="s">
+        <v>626</v>
+      </c>
+      <c r="F230" t="s">
+        <v>547</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="H230" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>752</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>205</v>
+      </c>
+      <c r="D231" t="s">
+        <v>625</v>
+      </c>
+      <c r="E231" t="s">
+        <v>626</v>
+      </c>
+      <c r="F231" t="s">
+        <v>91</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H231" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>755</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>209</v>
+      </c>
+      <c r="D232" t="s">
+        <v>625</v>
+      </c>
+      <c r="E232" t="s">
+        <v>626</v>
+      </c>
+      <c r="F232" t="s">
+        <v>629</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H232" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>758</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>213</v>
+      </c>
+      <c r="D233" t="s">
+        <v>625</v>
+      </c>
+      <c r="E233" t="s">
+        <v>626</v>
+      </c>
+      <c r="F233" t="s">
+        <v>629</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H233" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>761</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>217</v>
+      </c>
+      <c r="D234" t="s">
+        <v>625</v>
+      </c>
+      <c r="E234" t="s">
+        <v>626</v>
+      </c>
+      <c r="F234" t="s">
+        <v>427</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="H234" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>764</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>221</v>
+      </c>
+      <c r="D235" t="s">
+        <v>625</v>
+      </c>
+      <c r="E235" t="s">
+        <v>626</v>
+      </c>
+      <c r="F235" t="s">
+        <v>427</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H235" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>767</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>229</v>
+      </c>
+      <c r="D236" t="s">
+        <v>625</v>
+      </c>
+      <c r="E236" t="s">
+        <v>626</v>
+      </c>
+      <c r="F236" t="s">
+        <v>91</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="H236" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>770</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>233</v>
+      </c>
+      <c r="D237" t="s">
+        <v>625</v>
+      </c>
+      <c r="E237" t="s">
+        <v>626</v>
+      </c>
+      <c r="F237" t="s">
+        <v>91</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H237" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>773</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>237</v>
+      </c>
+      <c r="D238" t="s">
+        <v>625</v>
+      </c>
+      <c r="E238" t="s">
+        <v>626</v>
+      </c>
+      <c r="F238" t="s">
+        <v>91</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H238" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>775</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>241</v>
+      </c>
+      <c r="D239" t="s">
+        <v>625</v>
+      </c>
+      <c r="E239" t="s">
+        <v>626</v>
+      </c>
+      <c r="F239" t="s">
+        <v>91</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H239" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>777</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>245</v>
+      </c>
+      <c r="D240" t="s">
+        <v>625</v>
+      </c>
+      <c r="E240" t="s">
+        <v>626</v>
+      </c>
+      <c r="F240" t="s">
+        <v>427</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H240" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>779</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>249</v>
+      </c>
+      <c r="D241" t="s">
+        <v>625</v>
+      </c>
+      <c r="E241" t="s">
+        <v>626</v>
+      </c>
+      <c r="F241" t="s">
+        <v>91</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="H241" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>782</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>253</v>
+      </c>
+      <c r="D242" t="s">
+        <v>625</v>
+      </c>
+      <c r="E242" t="s">
+        <v>626</v>
+      </c>
+      <c r="F242" t="s">
+        <v>18</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="H242" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>785</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>257</v>
+      </c>
+      <c r="D243" t="s">
+        <v>625</v>
+      </c>
+      <c r="E243" t="s">
+        <v>626</v>
+      </c>
+      <c r="F243" t="s">
+        <v>91</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H243" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>788</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>261</v>
+      </c>
+      <c r="D244" t="s">
+        <v>625</v>
+      </c>
+      <c r="E244" t="s">
+        <v>626</v>
+      </c>
+      <c r="F244" t="s">
+        <v>91</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H244" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>791</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>265</v>
+      </c>
+      <c r="D245" t="s">
+        <v>625</v>
+      </c>
+      <c r="E245" t="s">
+        <v>626</v>
+      </c>
+      <c r="F245" t="s">
+        <v>427</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H245" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>794</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>269</v>
+      </c>
+      <c r="D246" t="s">
+        <v>625</v>
+      </c>
+      <c r="E246" t="s">
+        <v>626</v>
+      </c>
+      <c r="F246" t="s">
+        <v>427</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="H246" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>797</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>272</v>
+      </c>
+      <c r="D247" t="s">
+        <v>625</v>
+      </c>
+      <c r="E247" t="s">
+        <v>626</v>
+      </c>
+      <c r="F247" t="s">
+        <v>91</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H247" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>800</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>276</v>
+      </c>
+      <c r="D248" t="s">
+        <v>625</v>
+      </c>
+      <c r="E248" t="s">
+        <v>626</v>
+      </c>
+      <c r="F248" t="s">
+        <v>91</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H248" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>803</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>280</v>
+      </c>
+      <c r="D249" t="s">
+        <v>625</v>
+      </c>
+      <c r="E249" t="s">
+        <v>626</v>
+      </c>
+      <c r="F249" t="s">
+        <v>629</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H249" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>806</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>288</v>
+      </c>
+      <c r="D250" t="s">
+        <v>625</v>
+      </c>
+      <c r="E250" t="s">
+        <v>626</v>
+      </c>
+      <c r="F250" t="s">
+        <v>629</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="H250" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>809</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>292</v>
+      </c>
+      <c r="D251" t="s">
+        <v>625</v>
+      </c>
+      <c r="E251" t="s">
+        <v>626</v>
+      </c>
+      <c r="F251" t="s">
+        <v>629</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H251" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>812</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>597</v>
+      </c>
+      <c r="D252" t="s">
+        <v>625</v>
+      </c>
+      <c r="E252" t="s">
+        <v>626</v>
+      </c>
+      <c r="F252" t="s">
+        <v>427</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H252" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>814</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>296</v>
+      </c>
+      <c r="D253" t="s">
+        <v>625</v>
+      </c>
+      <c r="E253" t="s">
+        <v>626</v>
+      </c>
+      <c r="F253" t="s">
+        <v>91</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="H253" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>817</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>300</v>
+      </c>
+      <c r="D254" t="s">
+        <v>625</v>
+      </c>
+      <c r="E254" t="s">
+        <v>626</v>
+      </c>
+      <c r="F254" t="s">
+        <v>404</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H254" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>819</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>304</v>
+      </c>
+      <c r="D255" t="s">
+        <v>625</v>
+      </c>
+      <c r="E255" t="s">
+        <v>626</v>
+      </c>
+      <c r="F255" t="s">
+        <v>404</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H255" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>822</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>308</v>
+      </c>
+      <c r="D256" t="s">
+        <v>625</v>
+      </c>
+      <c r="E256" t="s">
+        <v>626</v>
+      </c>
+      <c r="F256" t="s">
+        <v>404</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="H256" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>825</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>312</v>
+      </c>
+      <c r="D257" t="s">
+        <v>625</v>
+      </c>
+      <c r="E257" t="s">
+        <v>626</v>
+      </c>
+      <c r="F257" t="s">
+        <v>91</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H257" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>828</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>316</v>
+      </c>
+      <c r="D258" t="s">
+        <v>625</v>
+      </c>
+      <c r="E258" t="s">
+        <v>626</v>
+      </c>
+      <c r="F258" t="s">
+        <v>629</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="H258" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>831</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>320</v>
+      </c>
+      <c r="D259" t="s">
+        <v>625</v>
+      </c>
+      <c r="E259" t="s">
+        <v>626</v>
+      </c>
+      <c r="F259" t="s">
+        <v>629</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="H259" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>834</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>324</v>
+      </c>
+      <c r="D260" t="s">
+        <v>625</v>
+      </c>
+      <c r="E260" t="s">
+        <v>626</v>
+      </c>
+      <c r="F260" t="s">
+        <v>404</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H260" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>837</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>328</v>
+      </c>
+      <c r="D261" t="s">
+        <v>625</v>
+      </c>
+      <c r="E261" t="s">
+        <v>626</v>
+      </c>
+      <c r="F261" t="s">
+        <v>91</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H261" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>840</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>841</v>
+      </c>
+      <c r="D262" t="s">
+        <v>625</v>
+      </c>
+      <c r="E262" t="s">
+        <v>626</v>
+      </c>
+      <c r="F262" t="s">
+        <v>91</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="H262" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>844</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>845</v>
+      </c>
+      <c r="D263" t="s">
+        <v>625</v>
+      </c>
+      <c r="E263" t="s">
+        <v>626</v>
+      </c>
+      <c r="F263" t="s">
+        <v>404</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="H263" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>848</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>849</v>
+      </c>
+      <c r="D264" t="s">
+        <v>625</v>
+      </c>
+      <c r="E264" t="s">
+        <v>626</v>
+      </c>
+      <c r="F264" t="s">
+        <v>404</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H264" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>852</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
         <v>10</v>
       </c>
-      <c r="D194" t="s">
-[...5 lines deleted...]
-      <c r="F194" t="s">
+      <c r="D265" t="s">
+        <v>853</v>
+      </c>
+      <c r="E265" t="s">
+        <v>854</v>
+      </c>
+      <c r="F265" t="s">
+        <v>13</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="H265" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>857</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>17</v>
+      </c>
+      <c r="D266" t="s">
+        <v>853</v>
+      </c>
+      <c r="E266" t="s">
+        <v>854</v>
+      </c>
+      <c r="F266" t="s">
+        <v>13</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="H266" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>860</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>22</v>
+      </c>
+      <c r="D267" t="s">
+        <v>853</v>
+      </c>
+      <c r="E267" t="s">
+        <v>854</v>
+      </c>
+      <c r="F267" t="s">
         <v>117</v>
       </c>
-      <c r="G194" s="1" t="s">
-[...3 lines deleted...]
-        <v>636</v>
+      <c r="G267" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H267" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>862</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>10</v>
+      </c>
+      <c r="D268" t="s">
+        <v>863</v>
+      </c>
+      <c r="E268" t="s">
+        <v>864</v>
+      </c>
+      <c r="F268" t="s">
+        <v>117</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H268" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>866</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>17</v>
+      </c>
+      <c r="D269" t="s">
+        <v>863</v>
+      </c>
+      <c r="E269" t="s">
+        <v>864</v>
+      </c>
+      <c r="F269" t="s">
+        <v>117</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="H269" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>869</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>22</v>
+      </c>
+      <c r="D270" t="s">
+        <v>863</v>
+      </c>
+      <c r="E270" t="s">
+        <v>864</v>
+      </c>
+      <c r="F270" t="s">
+        <v>117</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="H270" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>872</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>46</v>
+      </c>
+      <c r="D271" t="s">
+        <v>863</v>
+      </c>
+      <c r="E271" t="s">
+        <v>864</v>
+      </c>
+      <c r="F271" t="s">
+        <v>117</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H271" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>874</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>10</v>
+      </c>
+      <c r="D272" t="s">
+        <v>875</v>
+      </c>
+      <c r="E272" t="s">
+        <v>876</v>
+      </c>
+      <c r="F272" t="s">
+        <v>629</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="H272" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>879</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>17</v>
+      </c>
+      <c r="D273" t="s">
+        <v>875</v>
+      </c>
+      <c r="E273" t="s">
+        <v>876</v>
+      </c>
+      <c r="F273" t="s">
+        <v>417</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H273" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>881</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>22</v>
+      </c>
+      <c r="D274" t="s">
+        <v>875</v>
+      </c>
+      <c r="E274" t="s">
+        <v>876</v>
+      </c>
+      <c r="F274" t="s">
+        <v>404</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="H274" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>884</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>26</v>
+      </c>
+      <c r="D275" t="s">
+        <v>875</v>
+      </c>
+      <c r="E275" t="s">
+        <v>876</v>
+      </c>
+      <c r="F275" t="s">
+        <v>404</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="H275" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>887</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>30</v>
+      </c>
+      <c r="D276" t="s">
+        <v>875</v>
+      </c>
+      <c r="E276" t="s">
+        <v>876</v>
+      </c>
+      <c r="F276" t="s">
+        <v>91</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="H276" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>890</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>34</v>
+      </c>
+      <c r="D277" t="s">
+        <v>875</v>
+      </c>
+      <c r="E277" t="s">
+        <v>876</v>
+      </c>
+      <c r="F277" t="s">
+        <v>91</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="H277" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>893</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>38</v>
+      </c>
+      <c r="D278" t="s">
+        <v>875</v>
+      </c>
+      <c r="E278" t="s">
+        <v>876</v>
+      </c>
+      <c r="F278" t="s">
+        <v>404</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="H278" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>896</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>42</v>
+      </c>
+      <c r="D279" t="s">
+        <v>875</v>
+      </c>
+      <c r="E279" t="s">
+        <v>876</v>
+      </c>
+      <c r="F279" t="s">
+        <v>404</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="H279" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>899</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>46</v>
+      </c>
+      <c r="D280" t="s">
+        <v>875</v>
+      </c>
+      <c r="E280" t="s">
+        <v>876</v>
+      </c>
+      <c r="F280" t="s">
+        <v>404</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="H280" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>902</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>10</v>
+      </c>
+      <c r="D281" t="s">
+        <v>903</v>
+      </c>
+      <c r="E281" t="s">
+        <v>904</v>
+      </c>
+      <c r="F281" t="s">
+        <v>18</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H281" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>906</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>17</v>
+      </c>
+      <c r="D282" t="s">
+        <v>903</v>
+      </c>
+      <c r="E282" t="s">
+        <v>904</v>
+      </c>
+      <c r="F282" t="s">
+        <v>18</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H282" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>908</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>46</v>
+      </c>
+      <c r="D283" t="s">
+        <v>909</v>
+      </c>
+      <c r="E283" t="s">
+        <v>910</v>
+      </c>
+      <c r="F283" t="s">
+        <v>117</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="H283" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>913</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>50</v>
+      </c>
+      <c r="D284" t="s">
+        <v>909</v>
+      </c>
+      <c r="E284" t="s">
+        <v>910</v>
+      </c>
+      <c r="F284" t="s">
+        <v>18</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="H284" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>915</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>10</v>
+      </c>
+      <c r="D285" t="s">
+        <v>916</v>
+      </c>
+      <c r="E285" t="s">
+        <v>917</v>
+      </c>
+      <c r="F285" t="s">
+        <v>117</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="H285" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>920</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>10</v>
+      </c>
+      <c r="D286" t="s">
+        <v>921</v>
+      </c>
+      <c r="E286" t="s">
+        <v>922</v>
+      </c>
+      <c r="F286" t="s">
+        <v>117</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="H286" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>925</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>10</v>
+      </c>
+      <c r="D287" t="s">
+        <v>926</v>
+      </c>
+      <c r="E287" t="s">
+        <v>927</v>
+      </c>
+      <c r="F287" t="s">
+        <v>18</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="H287" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>930</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>336</v>
+      </c>
+      <c r="D288" t="s">
+        <v>931</v>
+      </c>
+      <c r="E288" t="s">
+        <v>932</v>
+      </c>
+      <c r="F288" t="s">
+        <v>18</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="H288" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>935</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>936</v>
+      </c>
+      <c r="D289" t="s">
+        <v>931</v>
+      </c>
+      <c r="E289" t="s">
+        <v>932</v>
+      </c>
+      <c r="F289" t="s">
+        <v>18</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H289" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>939</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>940</v>
+      </c>
+      <c r="D290" t="s">
+        <v>931</v>
+      </c>
+      <c r="E290" t="s">
+        <v>932</v>
+      </c>
+      <c r="F290" t="s">
+        <v>18</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="H290" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>943</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>46</v>
+      </c>
+      <c r="D291" t="s">
+        <v>944</v>
+      </c>
+      <c r="E291" t="s">
+        <v>945</v>
+      </c>
+      <c r="F291" t="s">
+        <v>117</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="H291" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>948</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>50</v>
+      </c>
+      <c r="D292" t="s">
+        <v>944</v>
+      </c>
+      <c r="E292" t="s">
+        <v>945</v>
+      </c>
+      <c r="F292" t="s">
+        <v>18</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="H292" t="s">
+        <v>950</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7527,50 +11017,148 @@
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>